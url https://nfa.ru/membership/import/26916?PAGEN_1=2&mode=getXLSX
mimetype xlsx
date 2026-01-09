--- v0 (2025-10-31)
+++ v1 (2026-01-09)
@@ -14,59 +14,59 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Раздел 1. Члены НФА" sheetId="1" r:id="rId4"/>
     <sheet name="Раздел 2. Искл. организации" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
   <si>
     <t>Реестр членов Национальной финансовой ассоциации</t>
   </si>
   <si>
     <t>Раздел 1. Сведения о членах НФА</t>
   </si>
   <si>
-    <t>по состоянию на 15.09.2025 г.</t>
+    <t>по состоянию на 30.12.2025 г.</t>
   </si>
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>Полное наименование</t>
   </si>
   <si>
     <t>Сокращенное наименование</t>
   </si>
   <si>
     <t>Дата вступления в НФА</t>
   </si>
   <si>
     <t>Адрес юридического лица (место нахождения)</t>
   </si>
   <si>
     <t>Номер телефона</t>
   </si>
   <si>
     <t>Адрес электронной почты</t>
   </si>
   <si>
     <t>Официальный Сайт</t>
   </si>
@@ -641,138 +641,84 @@
   <si>
     <t>info@sovcombank.ru</t>
   </si>
   <si>
     <t>https://sovcombank.ru/</t>
   </si>
   <si>
     <t>Акционерное общество Банк "Венец"</t>
   </si>
   <si>
     <t>АО Банк "Венец"</t>
   </si>
   <si>
     <t>432071, г. Ульяновск, ул. Марата, 19</t>
   </si>
   <si>
     <t>(8422) 32-62-84</t>
   </si>
   <si>
     <t>Referent@venets-bank.ru</t>
   </si>
   <si>
     <t>https://www.venets-bank.ru/</t>
   </si>
   <si>
-    <t>Общество с ограниченной ответственностью Специализированный депозитарий "Партнёр"</t>
-[...16 lines deleted...]
-  <si>
     <t>Общество с ограниченной ответственностью "Корпоративная регистраторская компания"</t>
   </si>
   <si>
     <t>ООО "КРК"</t>
   </si>
   <si>
     <t>121096, г. Москва, ул. Василисы Кожиной, дом 1, эт. 4, пом. I, комн. 75</t>
   </si>
   <si>
     <t>(499) 579-86-15</t>
   </si>
   <si>
     <t>info@crc-reg.com</t>
   </si>
   <si>
     <t>https://crc-reg.com/</t>
   </si>
   <si>
     <t>ББР Банк (акционерное общество)</t>
   </si>
   <si>
     <t>ББР Банк (АО)</t>
   </si>
   <si>
     <t>121099, г. Москва, 1-й Николощеповский переулок, д. 6, стр. 1</t>
   </si>
   <si>
     <t>(495) 363-91-62</t>
   </si>
   <si>
     <t>post@bbr.ru</t>
   </si>
   <si>
     <t>https://bbr.ru/</t>
-  </si>
-[...34 lines deleted...]
-    <t>https://naufor.ru</t>
   </si>
   <si>
     <t>Акционерное общество "Санкт-Петербургская Валютная Биржа"</t>
   </si>
   <si>
     <t>АО СПВБ</t>
   </si>
   <si>
     <t>191011, г. Санкт-Петербург, 3-я линия В.О., дом 62, литера А, помещ 39-Н</t>
   </si>
   <si>
     <t>(812) 655-74-00</t>
   </si>
   <si>
     <t>info@spvb.ru</t>
   </si>
   <si>
     <t>https://www.spvb.ru</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Юридическая фирма ЛЕКАП"</t>
   </si>
   <si>
     <t>ООО "ЛКП"</t>
   </si>
@@ -883,51 +829,51 @@
   </si>
   <si>
     <t>https://www.moex.com/</t>
   </si>
   <si>
     <t>Акционерное общество "БКС Банк"</t>
   </si>
   <si>
     <t>АО "БКС Банк"</t>
   </si>
   <si>
     <t>125047, г Москва, вн.тер.г. муниципальный округ
 Тверской, ул. 4-я Тверская-Ямская, д. 14 стр. 1</t>
   </si>
   <si>
     <t>(383) 230-55-44
 (495) 785-53-36</t>
   </si>
   <si>
     <t>info@bcs-bank.com</t>
   </si>
   <si>
     <t>https://bank.bcs.ru</t>
   </si>
   <si>
-    <t>спе</t>
+    <t>Общество с ограниченной ответственностью "Финансовая компания "Викинг"</t>
   </si>
   <si>
     <t>ООО «ФК «Викинг»</t>
   </si>
   <si>
     <t>410012, г.Саратов, ул. Рабочая, влд.145А</t>
   </si>
   <si>
     <t>(499)350-33-64</t>
   </si>
   <si>
     <t>info@fkviking.com</t>
   </si>
   <si>
     <t>https://fkviking.com/</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "ФБК Право"</t>
   </si>
   <si>
     <t>ООО «ФБК Право»</t>
   </si>
   <si>
     <t>107078, Москва, ул. Мясницкая, д.48, 3 эт., каб. 302</t>
   </si>
@@ -972,50 +918,86 @@
     <t>+7 (926) 378-59-49</t>
   </si>
   <si>
     <t>capitalmarkets@whitesquarepartners.ru</t>
   </si>
   <si>
     <t>https://www.whitesquarepartners.com/ru</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "МЛВП"</t>
   </si>
   <si>
     <t>ООО "МЛВП"</t>
   </si>
   <si>
     <t>125196, Москва, вн.тер.г. муниципальный округ Тверской, ул. Лесная, д.9, этаж 8 комната 14 (офис 8-56)</t>
   </si>
   <si>
     <t>+7 (495) 787-2700</t>
   </si>
   <si>
     <t>office@mlvp.ru</t>
   </si>
   <si>
     <t>http://mv.legal</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью "Центр Поставок и Хранения"</t>
+  </si>
+  <si>
+    <t>ООО "ЦПХ"</t>
+  </si>
+  <si>
+    <t>125047, г. Москва, ул. 2-ая Тверская-Ямская, дом 2, помещ. 1/2</t>
+  </si>
+  <si>
+    <t>(495) 280-80-30</t>
+  </si>
+  <si>
+    <t>info@depo-gold.ru</t>
+  </si>
+  <si>
+    <t>https://depo-gold.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество "Авто Финанс Банк"</t>
+  </si>
+  <si>
+    <t>АО "Авто Финанс Банк"</t>
+  </si>
+  <si>
+    <t>109028, г. Москва, наб. Серебряническая, д. 29</t>
+  </si>
+  <si>
+    <t>(495) 775-40-68</t>
+  </si>
+  <si>
+    <t>help@autofinancebank.ru</t>
+  </si>
+  <si>
+    <t>https://autofinancebank.ru</t>
   </si>
   <si>
     <t>Раздел 3. Сведения об исключенных членах НФА</t>
   </si>
   <si>
     <t>Сведения об исключении из членов НФА</t>
   </si>
   <si>
     <t>Статус члена НФА</t>
   </si>
   <si>
     <t>Дата исключения</t>
   </si>
   <si>
     <t>Причина исключения</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="3">
@@ -1466,91 +1448,91 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J55"/>
+  <dimension ref="A1:J54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="80" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="7" activePane="bottomRight" state="frozen" topLeftCell="B8"/>
-      <selection pane="bottomRight" activeCell="J55" sqref="J55"/>
+      <selection pane="bottomRight" activeCell="J54" sqref="J54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.6640625" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="30.6640625" customWidth="true" style="0"/>
+    <col min="1" max="1" width="9.7109375" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.140625" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.7109375" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="5" max="5" width="37" customWidth="true" style="0"/>
-    <col min="6" max="6" width="22.109375" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="10" max="10" width="23.5546875" customWidth="true" style="0"/>
+    <col min="6" max="6" width="22.140625" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.140625" customWidth="true" style="0"/>
+    <col min="8" max="8" width="40.28515625" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.42578125" customWidth="true" style="0"/>
+    <col min="10" max="10" width="23.5703125" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" customHeight="1" ht="15.6">
+    <row r="1" spans="1:10" customHeight="1" ht="15.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
-    <row r="2" spans="1:10" customHeight="1" ht="15.6">
+    <row r="2" spans="1:10" customHeight="1" ht="15.75">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
     </row>
-    <row r="3" spans="1:10" customHeight="1" ht="16.2">
+    <row r="3" spans="1:10" customHeight="1" ht="15.75">
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:10">
+    <row r="5" spans="1:10" customHeight="1" ht="14.25">
       <c r="A5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="2" t="s">
@@ -2553,741 +2535,709 @@
       </c>
       <c r="G37" s="5" t="s">
         <v>194</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>195</v>
       </c>
       <c r="I37" s="7">
         <v>7303024532</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="5">
         <v>31</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>196</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>197</v>
       </c>
       <c r="D38" s="6">
-        <v>43916.0</v>
+        <v>44284.0</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>198</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>199</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>200</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>201</v>
       </c>
       <c r="I38" s="7">
-        <v>7707177816</v>
+        <v>7730253529</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="5">
         <v>32</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>202</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>203</v>
       </c>
       <c r="D39" s="6">
-        <v>44284.0</v>
+        <v>44511.0</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>204</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>205</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>206</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>207</v>
       </c>
       <c r="I39" s="7">
-        <v>7730253529</v>
+        <v>3900001002</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>177</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="5">
         <v>33</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>208</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>209</v>
       </c>
       <c r="D40" s="6">
-        <v>44511.0</v>
+        <v>42730.0</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>210</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>211</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>212</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>213</v>
       </c>
       <c r="I40" s="7">
-        <v>3900001002</v>
+        <v>7825331045</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>19</v>
+        <v>177</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="5">
         <v>34</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>215</v>
       </c>
       <c r="D41" s="6">
-        <v>44749.0</v>
+        <v>43014.0</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>216</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>217</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>218</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>219</v>
       </c>
       <c r="I41" s="7">
-        <v>1655500831</v>
+        <v>7714880000</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>177</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="5">
         <v>35</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D42" s="6">
-        <v>45169.0</v>
+        <v>43636.0</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I42" s="7">
-        <v>7712088223</v>
+        <v>7702015515</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="5">
         <v>36</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D43" s="6">
-        <v>42730.0</v>
+        <v>43823.0</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G43" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I43" s="7">
-        <v>7825331045</v>
+        <v>7715560268</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>177</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="5">
         <v>37</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D44" s="6">
-        <v>43014.0</v>
+        <v>44077.0</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G44" s="5" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I44" s="7">
-        <v>7714880000</v>
+        <v>7728168971</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>238</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="5">
         <v>38</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>239</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D45" s="6">
-        <v>43636.0</v>
+        <v>44693.0</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>241</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>242</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>243</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>244</v>
       </c>
       <c r="I45" s="7">
-        <v>7702015515</v>
+        <v>7709470190</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>177</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="5">
         <v>39</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>245</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D46" s="6">
-        <v>43823.0</v>
+        <v>45343.0</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>247</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>248</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>249</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>250</v>
       </c>
       <c r="I46" s="7">
-        <v>7715560268</v>
+        <v>7702077840</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>238</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="5">
         <v>40</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>251</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>252</v>
       </c>
       <c r="D47" s="6">
-        <v>44077.0</v>
+        <v>45464.0</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>253</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>254</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>255</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>256</v>
       </c>
       <c r="I47" s="7">
-        <v>7728168971</v>
+        <v>5460000016</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="5">
         <v>41</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>257</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>258</v>
       </c>
       <c r="D48" s="6">
-        <v>44693.0</v>
+        <v>45636.0</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>259</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>260</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>261</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>262</v>
       </c>
       <c r="I48" s="7">
-        <v>7709470190</v>
+        <v>6452926486</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>238</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="5">
         <v>42</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>263</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>264</v>
       </c>
       <c r="D49" s="6">
-        <v>45343.0</v>
+        <v>45636.0</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>265</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>266</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>267</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>268</v>
       </c>
       <c r="I49" s="7">
-        <v>7702077840</v>
+        <v>7701984281</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>238</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="5">
         <v>43</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>269</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>270</v>
       </c>
       <c r="D50" s="6">
-        <v>45464.0</v>
+        <v>45650.0</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>271</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>272</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>273</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>274</v>
       </c>
       <c r="I50" s="7">
-        <v>5460000016</v>
+        <v>9725079692</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>19</v>
+        <v>177</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="5">
         <v>44</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>276</v>
       </c>
       <c r="D51" s="6">
-        <v>45636.0</v>
+        <v>45768.0</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>277</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>278</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>279</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>280</v>
       </c>
       <c r="I51" s="7">
-        <v>6452926486</v>
+        <v>9726086798</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="5">
         <v>45</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>281</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>282</v>
       </c>
       <c r="D52" s="6">
-        <v>45636.0</v>
+        <v>45796.0</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>283</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>284</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>285</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>286</v>
       </c>
       <c r="I52" s="7">
-        <v>7701984281</v>
+        <v>9710099431</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="5">
         <v>46</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>287</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>288</v>
       </c>
       <c r="D53" s="6">
-        <v>45650.0</v>
+        <v>46007.0</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>289</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>290</v>
       </c>
       <c r="G53" s="5" t="s">
         <v>291</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>292</v>
       </c>
       <c r="I53" s="7">
-        <v>9725079692</v>
+        <v>9710134252</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>177</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="5">
         <v>47</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>293</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>294</v>
       </c>
       <c r="D54" s="6">
-        <v>45768.0</v>
+        <v>46007.0</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>295</v>
       </c>
       <c r="F54" s="5" t="s">
         <v>296</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>297</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>298</v>
       </c>
       <c r="I54" s="7">
-        <v>9726086798</v>
+        <v>5503067018</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>177</v>
-[...31 lines deleted...]
-        <v>177</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="I5:I6"/>
     <mergeCell ref="J5:J6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" zoomScale="80" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="7" activePane="bottomRight" state="frozen" topLeftCell="B8"/>
       <selection pane="bottomRight" activeCell="M7" sqref="M7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.44140625" customWidth="true" style="0"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="17.109375" customWidth="true" style="0"/>
+    <col min="1" max="1" width="7.42578125" customWidth="true" style="0"/>
+    <col min="2" max="2" width="34.5703125" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.85546875" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.85546875" customWidth="true" style="0"/>
+    <col min="5" max="5" width="28.140625" customWidth="true" style="0"/>
+    <col min="6" max="6" width="16.140625" customWidth="true" style="0"/>
+    <col min="7" max="7" width="25.42578125" customWidth="true" style="0"/>
+    <col min="8" max="8" width="23.140625" customWidth="true" style="0"/>
+    <col min="9" max="9" width="20.42578125" customWidth="true" style="0"/>
+    <col min="10" max="10" width="20.42578125" customWidth="true" style="0"/>
+    <col min="11" max="11" width="17.140625" customWidth="true" style="0"/>
     <col min="12" max="12" width="64" customWidth="true" style="0"/>
-    <col min="13" max="13" width="16.88671875" customWidth="true" style="0"/>
+    <col min="13" max="13" width="16.85546875" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
-    <row r="3" spans="1:13" customHeight="1" ht="16.2">
+    <row r="3" spans="1:13">
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="63.6">
       <c r="A5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J5" s="8" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="K5" s="9"/>
       <c r="L5" s="10"/>
       <c r="M5" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="37.35">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="4" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="M6" s="3"/>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="4">
         <v>1</v>
       </c>
       <c r="B7" s="4">
         <v>2</v>
       </c>
       <c r="C7" s="4">
         <v>3</v>
       </c>
       <c r="D7" s="4">
         <v>4</v>
       </c>
       <c r="E7" s="4">
         <v>5</v>
       </c>
       <c r="F7" s="4">
         <v>6</v>
       </c>
       <c r="G7" s="4">
         <v>7</v>
       </c>