--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -14,59 +14,59 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Раздел 1. Члены НФА" sheetId="1" r:id="rId4"/>
     <sheet name="Раздел 2. Искл. организации" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
   <si>
     <t>Реестр членов Национальной финансовой ассоциации</t>
   </si>
   <si>
     <t>Раздел 1. Сведения о членах НФА</t>
   </si>
   <si>
-    <t>по состоянию на 15.09.2025 г.</t>
+    <t>по состоянию на 24.11.2025 г.</t>
   </si>
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>Полное наименование</t>
   </si>
   <si>
     <t>Сокращенное наименование</t>
   </si>
   <si>
     <t>Дата вступления в НФА</t>
   </si>
   <si>
     <t>Адрес юридического лица (место нахождения)</t>
   </si>
   <si>
     <t>Номер телефона</t>
   </si>
   <si>
     <t>Адрес электронной почты</t>
   </si>
   <si>
     <t>Официальный Сайт</t>
   </si>
@@ -695,68 +695,50 @@
   <si>
     <t>info@crc-reg.com</t>
   </si>
   <si>
     <t>https://crc-reg.com/</t>
   </si>
   <si>
     <t>ББР Банк (акционерное общество)</t>
   </si>
   <si>
     <t>ББР Банк (АО)</t>
   </si>
   <si>
     <t>121099, г. Москва, 1-й Николощеповский переулок, д. 6, стр. 1</t>
   </si>
   <si>
     <t>(495) 363-91-62</t>
   </si>
   <si>
     <t>post@bbr.ru</t>
   </si>
   <si>
     <t>https://bbr.ru/</t>
   </si>
   <si>
-    <t>Акционерное общество "Альмина Капитал"</t>
-[...16 lines deleted...]
-  <si>
     <t>Национальная ассоциация участников фондового рынка</t>
   </si>
   <si>
     <t>НАУФОР</t>
   </si>
   <si>
     <t>129090, Москва, вн.тер.г.муниципальный округ Красноссельский, пер.1 Коптельский, д.18, стр.1</t>
   </si>
   <si>
     <t>(495) 787-77-75</t>
   </si>
   <si>
     <t>info@naufor.ru</t>
   </si>
   <si>
     <t>https://naufor.ru</t>
   </si>
   <si>
     <t>Акционерное общество "Санкт-Петербургская Валютная Биржа"</t>
   </si>
   <si>
     <t>АО СПВБ</t>
   </si>
   <si>
     <t>191011, г. Санкт-Петербург, 3-я линия В.О., дом 62, литера А, помещ 39-Н</t>
@@ -883,51 +865,51 @@
   </si>
   <si>
     <t>https://www.moex.com/</t>
   </si>
   <si>
     <t>Акционерное общество "БКС Банк"</t>
   </si>
   <si>
     <t>АО "БКС Банк"</t>
   </si>
   <si>
     <t>125047, г Москва, вн.тер.г. муниципальный округ
 Тверской, ул. 4-я Тверская-Ямская, д. 14 стр. 1</t>
   </si>
   <si>
     <t>(383) 230-55-44
 (495) 785-53-36</t>
   </si>
   <si>
     <t>info@bcs-bank.com</t>
   </si>
   <si>
     <t>https://bank.bcs.ru</t>
   </si>
   <si>
-    <t>спе</t>
+    <t>Общество с ограниченной ответственностью "Финансовая компания "Викинг"</t>
   </si>
   <si>
     <t>ООО «ФК «Викинг»</t>
   </si>
   <si>
     <t>410012, г.Саратов, ул. Рабочая, влд.145А</t>
   </si>
   <si>
     <t>(499)350-33-64</t>
   </si>
   <si>
     <t>info@fkviking.com</t>
   </si>
   <si>
     <t>https://fkviking.com/</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "ФБК Право"</t>
   </si>
   <si>
     <t>ООО «ФБК Право»</t>
   </si>
   <si>
     <t>107078, Москва, ул. Мясницкая, д.48, 3 эт., каб. 302</t>
   </si>
@@ -1466,91 +1448,91 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J55"/>
+  <dimension ref="A1:J54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="80" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="7" activePane="bottomRight" state="frozen" topLeftCell="B8"/>
-      <selection pane="bottomRight" activeCell="J55" sqref="J55"/>
+      <selection pane="bottomRight" activeCell="J54" sqref="J54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.6640625" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="30.6640625" customWidth="true" style="0"/>
+    <col min="1" max="1" width="9.7109375" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.140625" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.7109375" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="5" max="5" width="37" customWidth="true" style="0"/>
-    <col min="6" max="6" width="22.109375" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="10" max="10" width="23.5546875" customWidth="true" style="0"/>
+    <col min="6" max="6" width="22.140625" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.140625" customWidth="true" style="0"/>
+    <col min="8" max="8" width="40.28515625" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.42578125" customWidth="true" style="0"/>
+    <col min="10" max="10" width="23.5703125" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" customHeight="1" ht="15.6">
+    <row r="1" spans="1:10" customHeight="1" ht="15.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
-    <row r="2" spans="1:10" customHeight="1" ht="15.6">
+    <row r="2" spans="1:10" customHeight="1" ht="15.75">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
     </row>
-    <row r="3" spans="1:10" customHeight="1" ht="16.2">
+    <row r="3" spans="1:10" customHeight="1" ht="15.75">
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:10">
+    <row r="5" spans="1:10" customHeight="1" ht="14.25">
       <c r="A5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="2" t="s">
@@ -2649,645 +2631,613 @@
       </c>
       <c r="G40" s="5" t="s">
         <v>212</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>213</v>
       </c>
       <c r="I40" s="7">
         <v>3900001002</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="5">
         <v>34</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>214</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>215</v>
       </c>
       <c r="D41" s="6">
-        <v>44749.0</v>
+        <v>45169.0</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>216</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>217</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>218</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>219</v>
       </c>
       <c r="I41" s="7">
-        <v>1655500831</v>
+        <v>7712088223</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="5">
         <v>35</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>220</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>221</v>
       </c>
       <c r="D42" s="6">
-        <v>45169.0</v>
+        <v>42730.0</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>222</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>223</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>224</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>225</v>
       </c>
       <c r="I42" s="7">
-        <v>7712088223</v>
+        <v>7825331045</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="5">
         <v>36</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>226</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>227</v>
       </c>
       <c r="D43" s="6">
-        <v>42730.0</v>
+        <v>43014.0</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>228</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>229</v>
       </c>
       <c r="G43" s="5" t="s">
         <v>230</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>231</v>
       </c>
       <c r="I43" s="7">
-        <v>7825331045</v>
+        <v>7714880000</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>177</v>
+        <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="5">
         <v>37</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D44" s="6">
-        <v>43014.0</v>
+        <v>43636.0</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G44" s="5" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I44" s="7">
-        <v>7714880000</v>
+        <v>7702015515</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="5">
         <v>38</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>239</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D45" s="6">
-        <v>43636.0</v>
+        <v>43823.0</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>241</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>242</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>243</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>244</v>
       </c>
       <c r="I45" s="7">
-        <v>7702015515</v>
+        <v>7715560268</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>177</v>
+        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="5">
         <v>39</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>245</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D46" s="6">
-        <v>43823.0</v>
+        <v>44077.0</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>247</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>248</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>249</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>250</v>
       </c>
       <c r="I46" s="7">
-        <v>7715560268</v>
+        <v>7728168971</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>238</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="5">
         <v>40</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>251</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>252</v>
       </c>
       <c r="D47" s="6">
-        <v>44077.0</v>
+        <v>44693.0</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>253</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>254</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>255</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>256</v>
       </c>
       <c r="I47" s="7">
-        <v>7728168971</v>
+        <v>7709470190</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>19</v>
+        <v>232</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="5">
         <v>41</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>257</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>258</v>
       </c>
       <c r="D48" s="6">
-        <v>44693.0</v>
+        <v>45343.0</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>259</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>260</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>261</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>262</v>
       </c>
       <c r="I48" s="7">
-        <v>7709470190</v>
+        <v>7702077840</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="5">
         <v>42</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>263</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>264</v>
       </c>
       <c r="D49" s="6">
-        <v>45343.0</v>
+        <v>45464.0</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>265</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>266</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>267</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>268</v>
       </c>
       <c r="I49" s="7">
-        <v>7702077840</v>
+        <v>5460000016</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>238</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="5">
         <v>43</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>269</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>270</v>
       </c>
       <c r="D50" s="6">
-        <v>45464.0</v>
+        <v>45636.0</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>271</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>272</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>273</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>274</v>
       </c>
       <c r="I50" s="7">
-        <v>5460000016</v>
+        <v>6452926486</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>19</v>
+        <v>232</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="5">
         <v>44</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>276</v>
       </c>
       <c r="D51" s="6">
         <v>45636.0</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>277</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>278</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>279</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>280</v>
       </c>
       <c r="I51" s="7">
-        <v>6452926486</v>
+        <v>7701984281</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="5">
         <v>45</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>281</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>282</v>
       </c>
       <c r="D52" s="6">
-        <v>45636.0</v>
+        <v>45650.0</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>283</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>284</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>285</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>286</v>
       </c>
       <c r="I52" s="7">
-        <v>7701984281</v>
+        <v>9725079692</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="5">
         <v>46</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>287</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>288</v>
       </c>
       <c r="D53" s="6">
-        <v>45650.0</v>
+        <v>45768.0</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>289</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>290</v>
       </c>
       <c r="G53" s="5" t="s">
         <v>291</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>292</v>
       </c>
       <c r="I53" s="7">
-        <v>9725079692</v>
+        <v>9726086798</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="5">
         <v>47</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>293</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>294</v>
       </c>
       <c r="D54" s="6">
-        <v>45768.0</v>
+        <v>45796.0</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>295</v>
       </c>
       <c r="F54" s="5" t="s">
         <v>296</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>297</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>298</v>
       </c>
       <c r="I54" s="7">
-        <v>9726086798</v>
+        <v>9710099431</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>177</v>
-[...30 lines deleted...]
-      <c r="J55" s="5" t="s">
         <v>177</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="I5:I6"/>
     <mergeCell ref="J5:J6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" zoomScale="80" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="7" activePane="bottomRight" state="frozen" topLeftCell="B8"/>
       <selection pane="bottomRight" activeCell="M7" sqref="M7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="7.44140625" customWidth="true" style="0"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="17.109375" customWidth="true" style="0"/>
+    <col min="1" max="1" width="7.42578125" customWidth="true" style="0"/>
+    <col min="2" max="2" width="34.5703125" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.85546875" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.85546875" customWidth="true" style="0"/>
+    <col min="5" max="5" width="28.140625" customWidth="true" style="0"/>
+    <col min="6" max="6" width="16.140625" customWidth="true" style="0"/>
+    <col min="7" max="7" width="25.42578125" customWidth="true" style="0"/>
+    <col min="8" max="8" width="23.140625" customWidth="true" style="0"/>
+    <col min="9" max="9" width="20.42578125" customWidth="true" style="0"/>
+    <col min="10" max="10" width="20.42578125" customWidth="true" style="0"/>
+    <col min="11" max="11" width="17.140625" customWidth="true" style="0"/>
     <col min="12" max="12" width="64" customWidth="true" style="0"/>
-    <col min="13" max="13" width="16.88671875" customWidth="true" style="0"/>
+    <col min="13" max="13" width="16.85546875" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
-    <row r="3" spans="1:13" customHeight="1" ht="16.2">
+    <row r="3" spans="1:13">
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="63.6">
       <c r="A5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J5" s="8" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="K5" s="9"/>
       <c r="L5" s="10"/>
       <c r="M5" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="37.35">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="4" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="M6" s="3"/>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="4">
         <v>1</v>
       </c>
       <c r="B7" s="4">
         <v>2</v>
       </c>
       <c r="C7" s="4">
         <v>3</v>
       </c>
       <c r="D7" s="4">
         <v>4</v>
       </c>
       <c r="E7" s="4">
         <v>5</v>
       </c>
       <c r="F7" s="4">
         <v>6</v>
       </c>
       <c r="G7" s="4">
         <v>7</v>
       </c>