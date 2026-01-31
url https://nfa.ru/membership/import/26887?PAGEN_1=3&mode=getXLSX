--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -14,59 +14,59 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Раздел 1. Члены НФА" sheetId="1" r:id="rId4"/>
     <sheet name="Раздел 2. Искл. организации" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
   <si>
     <t>Реестр членов Национальной финансовой ассоциации</t>
   </si>
   <si>
     <t>Раздел 1. Сведения о членах НФА</t>
   </si>
   <si>
-    <t>по состоянию на 24.11.2025 г.</t>
+    <t>по состоянию на 22.01.2026 г.</t>
   </si>
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>Полное наименование</t>
   </si>
   <si>
     <t>Сокращенное наименование</t>
   </si>
   <si>
     <t>Дата вступления в НФА</t>
   </si>
   <si>
     <t>Адрес юридического лица (место нахождения)</t>
   </si>
   <si>
     <t>Номер телефона</t>
   </si>
   <si>
     <t>Адрес электронной почты</t>
   </si>
   <si>
     <t>Официальный Сайт</t>
   </si>
@@ -205,92 +205,73 @@
   <si>
     <t>119180, г. Москва, ул. Большая Полянка, д. 47, строение 2</t>
   </si>
   <si>
     <t>(495) 727-97-97</t>
   </si>
   <si>
     <t>metib@metib.ru</t>
   </si>
   <si>
     <t>https://metallinvestbank.ru/</t>
   </si>
   <si>
     <t>Акционерное общество коммерческий банк "Ситибанк"</t>
   </si>
   <si>
     <t>АО КБ "Ситибанк"</t>
   </si>
   <si>
     <t>125047, г. Москва, ул. Гашека, д. 8-10, стр. 1</t>
   </si>
   <si>
     <t>(495) 725-10-00</t>
   </si>
   <si>
-    <t>citibank.customer@citi.com</t>
+    <t>citibank.customer@citibank.ru</t>
   </si>
   <si>
     <t>https://www.citibank.ru/</t>
   </si>
   <si>
     <t>Акционерное общество "Банк ДОМ.РФ"</t>
   </si>
   <si>
     <t>АО "Банк ДОМ.РФ"</t>
   </si>
   <si>
     <t>125009, г. Москва, ул. Воздвиженка, д.10</t>
   </si>
   <si>
     <t>(495) 775-86-86
 8-800-775-86-86</t>
   </si>
   <si>
     <t>info.bank@domrf.ru</t>
   </si>
   <si>
     <t>https://domrfbank.ru/</t>
-  </si>
-[...17 lines deleted...]
-    <t>https://abr.ru/</t>
   </si>
   <si>
     <t>ПУБЛИЧНОЕ АКЦИОНЕРНОЕ ОБЩЕСТВО "БАНК "САНКТ-ПЕТЕРБУРГ"</t>
   </si>
   <si>
     <t>ПАО "Банк "Санкт-Петербург"</t>
   </si>
   <si>
     <t>195112, г. Санкт-Петербург, Малоохтинский пр., д. 64, лит. А</t>
   </si>
   <si>
     <t>(812) 329-50-50
 8-800-222-50-50</t>
   </si>
   <si>
     <t>info@bspb.ru</t>
   </si>
   <si>
     <t>https://www.bspb.ru/</t>
   </si>
   <si>
     <t>Акционерный коммерческий банк "ЦентроКредит" (акционерное общество)</t>
   </si>
   <si>
     <t>АО АКБ "ЦентроКредит"</t>
@@ -641,120 +622,84 @@
   <si>
     <t>info@sovcombank.ru</t>
   </si>
   <si>
     <t>https://sovcombank.ru/</t>
   </si>
   <si>
     <t>Акционерное общество Банк "Венец"</t>
   </si>
   <si>
     <t>АО Банк "Венец"</t>
   </si>
   <si>
     <t>432071, г. Ульяновск, ул. Марата, 19</t>
   </si>
   <si>
     <t>(8422) 32-62-84</t>
   </si>
   <si>
     <t>Referent@venets-bank.ru</t>
   </si>
   <si>
     <t>https://www.venets-bank.ru/</t>
   </si>
   <si>
-    <t>Общество с ограниченной ответственностью Специализированный депозитарий "Партнёр"</t>
-[...16 lines deleted...]
-  <si>
     <t>Общество с ограниченной ответственностью "Корпоративная регистраторская компания"</t>
   </si>
   <si>
     <t>ООО "КРК"</t>
   </si>
   <si>
     <t>121096, г. Москва, ул. Василисы Кожиной, дом 1, эт. 4, пом. I, комн. 75</t>
   </si>
   <si>
     <t>(499) 579-86-15</t>
   </si>
   <si>
     <t>info@crc-reg.com</t>
   </si>
   <si>
     <t>https://crc-reg.com/</t>
   </si>
   <si>
     <t>ББР Банк (акционерное общество)</t>
   </si>
   <si>
     <t>ББР Банк (АО)</t>
   </si>
   <si>
     <t>121099, г. Москва, 1-й Николощеповский переулок, д. 6, стр. 1</t>
   </si>
   <si>
     <t>(495) 363-91-62</t>
   </si>
   <si>
     <t>post@bbr.ru</t>
   </si>
   <si>
     <t>https://bbr.ru/</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://naufor.ru</t>
   </si>
   <si>
     <t>Акционерное общество "Санкт-Петербургская Валютная Биржа"</t>
   </si>
   <si>
     <t>АО СПВБ</t>
   </si>
   <si>
     <t>191011, г. Санкт-Петербург, 3-я линия В.О., дом 62, литера А, помещ 39-Н</t>
   </si>
   <si>
     <t>(812) 655-74-00</t>
   </si>
   <si>
     <t>info@spvb.ru</t>
   </si>
   <si>
     <t>https://www.spvb.ru</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Юридическая фирма ЛЕКАП"</t>
   </si>
   <si>
     <t>ООО "ЛКП"</t>
   </si>
@@ -954,50 +899,86 @@
     <t>+7 (926) 378-59-49</t>
   </si>
   <si>
     <t>capitalmarkets@whitesquarepartners.ru</t>
   </si>
   <si>
     <t>https://www.whitesquarepartners.com/ru</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "МЛВП"</t>
   </si>
   <si>
     <t>ООО "МЛВП"</t>
   </si>
   <si>
     <t>125196, Москва, вн.тер.г. муниципальный округ Тверской, ул. Лесная, д.9, этаж 8 комната 14 (офис 8-56)</t>
   </si>
   <si>
     <t>+7 (495) 787-2700</t>
   </si>
   <si>
     <t>office@mlvp.ru</t>
   </si>
   <si>
     <t>http://mv.legal</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью "Центр Поставок и Хранения"</t>
+  </si>
+  <si>
+    <t>ООО "ЦПХ"</t>
+  </si>
+  <si>
+    <t>125047, г. Москва, ул. 2-ая Тверская-Ямская, дом 2, помещ. 1/2</t>
+  </si>
+  <si>
+    <t>(495) 280-80-30</t>
+  </si>
+  <si>
+    <t>info@depo-gold.ru</t>
+  </si>
+  <si>
+    <t>https://depo-gold.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество "Авто Финанс Банк"</t>
+  </si>
+  <si>
+    <t>АО "Авто Финанс Банк"</t>
+  </si>
+  <si>
+    <t>109028, г. Москва, наб. Серебряническая, д. 29</t>
+  </si>
+  <si>
+    <t>(495) 775-40-68</t>
+  </si>
+  <si>
+    <t>help@autofinancebank.ru</t>
+  </si>
+  <si>
+    <t>https://autofinancebank.ru</t>
   </si>
   <si>
     <t>Раздел 3. Сведения об исключенных членах НФА</t>
   </si>
   <si>
     <t>Сведения об исключении из членов НФА</t>
   </si>
   <si>
     <t>Статус члена НФА</t>
   </si>
   <si>
     <t>Дата исключения</t>
   </si>
   <si>
     <t>Причина исключения</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="3">
@@ -1448,55 +1429,55 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J54"/>
+  <dimension ref="A1:J53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="80" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="7" activePane="bottomRight" state="frozen" topLeftCell="B8"/>
-      <selection pane="bottomRight" activeCell="J54" sqref="J54"/>
+      <selection pane="bottomRight" activeCell="J53" sqref="J53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.7109375" customWidth="true" style="0"/>
     <col min="2" max="2" width="36.140625" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.7109375" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="5" max="5" width="37" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.140625" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.140625" customWidth="true" style="0"/>
     <col min="8" max="8" width="40.28515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="23.5703125" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="15.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="15.75">
       <c r="A2" s="1" t="s">
@@ -1878,1238 +1859,1206 @@
       <c r="A17" s="5">
         <v>10</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>68</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="6">
         <v>36234.0</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>72</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>73</v>
       </c>
       <c r="I17" s="7">
-        <v>7831000122</v>
+        <v>7831000027</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="5">
         <v>11</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D18" s="6">
         <v>36234.0</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>76</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>77</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>78</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>79</v>
       </c>
       <c r="I18" s="7">
-        <v>7831000027</v>
+        <v>7707025725</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="5">
         <v>12</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>81</v>
       </c>
       <c r="D19" s="6">
-        <v>36234.0</v>
+        <v>36312.0</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>83</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>84</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>85</v>
       </c>
       <c r="I19" s="7">
-        <v>7707025725</v>
+        <v>7750004150</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="5">
         <v>13</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="6">
-        <v>36312.0</v>
+        <v>36679.0</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>89</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>90</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>91</v>
       </c>
       <c r="I20" s="7">
-        <v>7750004150</v>
+        <v>7702045051</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="5">
         <v>14</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>92</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="6">
-        <v>36679.0</v>
+        <v>36924.0</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>94</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>95</v>
       </c>
       <c r="G21" s="5" t="s">
         <v>96</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>97</v>
       </c>
       <c r="I21" s="7">
-        <v>7702045051</v>
+        <v>7706196340</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="5">
         <v>15</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>98</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>99</v>
       </c>
       <c r="D22" s="6">
-        <v>36924.0</v>
+        <v>37664.0</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>100</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>101</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>102</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>103</v>
       </c>
       <c r="I22" s="7">
-        <v>7706196340</v>
+        <v>7718011918</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="5">
         <v>16</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>104</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>105</v>
       </c>
       <c r="D23" s="6">
-        <v>37664.0</v>
+        <v>38197.0</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>106</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>107</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>108</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>109</v>
       </c>
       <c r="I23" s="7">
-        <v>7718011918</v>
+        <v>6612010782</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="5">
         <v>17</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>110</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>111</v>
       </c>
       <c r="D24" s="6">
-        <v>38197.0</v>
+        <v>38436.0</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>112</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>113</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>114</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>115</v>
       </c>
       <c r="I24" s="7">
-        <v>6612010782</v>
+        <v>7750056688</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="5">
         <v>18</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>116</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>117</v>
       </c>
       <c r="D25" s="6">
-        <v>38436.0</v>
+        <v>38649.0</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>118</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>119</v>
       </c>
       <c r="G25" s="5" t="s">
         <v>120</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="I25" s="7">
-        <v>7750056688</v>
+      <c r="I25" s="7" t="s">
+        <v>122</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="5">
         <v>19</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D26" s="6">
-        <v>38649.0</v>
+        <v>39764.0</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="I26" s="7" t="s">
         <v>128</v>
+      </c>
+      <c r="I26" s="7">
+        <v>4101011782</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="5">
         <v>20</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>130</v>
       </c>
       <c r="D27" s="6">
-        <v>39764.0</v>
+        <v>39810.0</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>131</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>132</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>133</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>134</v>
       </c>
       <c r="I27" s="7">
-        <v>4101011782</v>
+        <v>7712014310</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="5">
         <v>21</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>135</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>136</v>
       </c>
       <c r="D28" s="6">
-        <v>39810.0</v>
+        <v>41744.0</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>137</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>138</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>139</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>140</v>
       </c>
       <c r="I28" s="7">
-        <v>7712014310</v>
+        <v>7734202860</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="5">
         <v>22</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>141</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>142</v>
       </c>
       <c r="D29" s="6">
-        <v>41744.0</v>
+        <v>41830.0</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>143</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>144</v>
       </c>
       <c r="G29" s="5" t="s">
         <v>145</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>146</v>
       </c>
       <c r="I29" s="7">
-        <v>7734202860</v>
+        <v>7725114488</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="5">
         <v>23</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>147</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>148</v>
       </c>
       <c r="D30" s="6">
-        <v>41830.0</v>
+        <v>41960.0</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>149</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>150</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>151</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>152</v>
       </c>
       <c r="I30" s="7">
-        <v>7725114488</v>
+        <v>7705260427</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="5">
         <v>24</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>153</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>154</v>
       </c>
       <c r="D31" s="6">
-        <v>41960.0</v>
+        <v>42349.0</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>155</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>157</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>158</v>
       </c>
       <c r="I31" s="7">
-        <v>7705260427</v>
+        <v>7729003482</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="5">
         <v>25</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>159</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>160</v>
       </c>
       <c r="D32" s="6">
-        <v>42349.0</v>
+        <v>42549.0</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>161</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>162</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>163</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>164</v>
       </c>
       <c r="I32" s="7">
-        <v>7729003482</v>
+        <v>7750005820</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="5">
         <v>26</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>165</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>166</v>
       </c>
       <c r="D33" s="6">
-        <v>42549.0</v>
+        <v>43466.0</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>167</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>168</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>169</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>170</v>
       </c>
       <c r="I33" s="7">
-        <v>7750005820</v>
+        <v>7705110090</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="5">
         <v>27</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D34" s="6">
-        <v>43466.0</v>
+        <v>43636.0</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G34" s="5" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I34" s="7">
-        <v>7705110090</v>
+        <v>6320007246</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>177</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="5">
         <v>28</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>178</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>179</v>
       </c>
       <c r="D35" s="6">
-        <v>43636.0</v>
+        <v>43748.0</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>180</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>181</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>182</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>183</v>
       </c>
       <c r="I35" s="7">
-        <v>6320007246</v>
+        <v>4401116480</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="5">
         <v>29</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>184</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>185</v>
       </c>
       <c r="D36" s="6">
-        <v>43748.0</v>
+        <v>43789.0</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>186</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>187</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>188</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>189</v>
       </c>
       <c r="I36" s="7">
-        <v>4401116480</v>
+        <v>7303024532</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="5">
         <v>30</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>190</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>191</v>
       </c>
       <c r="D37" s="6">
-        <v>43789.0</v>
+        <v>44284.0</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>192</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>193</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>194</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>195</v>
       </c>
       <c r="I37" s="7">
-        <v>7303024532</v>
+        <v>7730253529</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="5">
         <v>31</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>196</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>197</v>
       </c>
       <c r="D38" s="6">
-        <v>43916.0</v>
+        <v>44511.0</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>198</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>199</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>200</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>201</v>
       </c>
       <c r="I38" s="7">
-        <v>7707177816</v>
+        <v>3900001002</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>177</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="5">
         <v>32</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>202</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>203</v>
       </c>
       <c r="D39" s="6">
-        <v>44284.0</v>
+        <v>42730.0</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>204</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>205</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>206</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>207</v>
       </c>
       <c r="I39" s="7">
-        <v>7730253529</v>
+        <v>7825331045</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="5">
         <v>33</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>208</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>209</v>
       </c>
       <c r="D40" s="6">
-        <v>44511.0</v>
+        <v>43014.0</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>210</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>211</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>212</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>213</v>
       </c>
       <c r="I40" s="7">
-        <v>3900001002</v>
+        <v>7714880000</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>19</v>
+        <v>214</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="5">
         <v>34</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D41" s="6">
-        <v>45169.0</v>
+        <v>43636.0</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G41" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="I41" s="7">
-        <v>7712088223</v>
+        <v>7702015515</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="5">
         <v>35</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D42" s="6">
-        <v>42730.0</v>
+        <v>43823.0</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I42" s="7">
-        <v>7825331045</v>
+        <v>7715560268</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>177</v>
+        <v>214</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="5">
         <v>36</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D43" s="6">
-        <v>43014.0</v>
+        <v>44077.0</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G43" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I43" s="7">
-        <v>7714880000</v>
+        <v>7728168971</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>232</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="5">
         <v>37</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>233</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>234</v>
       </c>
       <c r="D44" s="6">
-        <v>43636.0</v>
+        <v>44693.0</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>235</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>236</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>237</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>238</v>
       </c>
       <c r="I44" s="7">
-        <v>7702015515</v>
+        <v>7709470190</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>177</v>
+        <v>214</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="5">
         <v>38</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>239</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D45" s="6">
-        <v>43823.0</v>
+        <v>45343.0</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>241</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>242</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>243</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>244</v>
       </c>
       <c r="I45" s="7">
-        <v>7715560268</v>
+        <v>7702077840</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="5">
         <v>39</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>245</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D46" s="6">
-        <v>44077.0</v>
+        <v>45464.0</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>247</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>248</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>249</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>250</v>
       </c>
       <c r="I46" s="7">
-        <v>7728168971</v>
+        <v>5460000016</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="5">
         <v>40</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>251</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>252</v>
       </c>
       <c r="D47" s="6">
-        <v>44693.0</v>
+        <v>45636.0</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>253</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>254</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>255</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>256</v>
       </c>
       <c r="I47" s="7">
-        <v>7709470190</v>
+        <v>6452926486</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="5">
         <v>41</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>257</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>258</v>
       </c>
       <c r="D48" s="6">
-        <v>45343.0</v>
+        <v>45636.0</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>259</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>260</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>261</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>262</v>
       </c>
       <c r="I48" s="7">
-        <v>7702077840</v>
+        <v>7701984281</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="5">
         <v>42</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>263</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>264</v>
       </c>
       <c r="D49" s="6">
-        <v>45464.0</v>
+        <v>45650.0</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>265</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>266</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>267</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>268</v>
       </c>
       <c r="I49" s="7">
-        <v>5460000016</v>
+        <v>9725079692</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="5">
         <v>43</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>269</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>270</v>
       </c>
       <c r="D50" s="6">
-        <v>45636.0</v>
+        <v>45768.0</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>271</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>272</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>273</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>274</v>
       </c>
       <c r="I50" s="7">
-        <v>6452926486</v>
+        <v>9726086798</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>232</v>
+        <v>171</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="5">
         <v>44</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>276</v>
       </c>
       <c r="D51" s="6">
-        <v>45636.0</v>
+        <v>45796.0</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>277</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>278</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>279</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>280</v>
       </c>
       <c r="I51" s="7">
-        <v>7701984281</v>
+        <v>9710099431</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>232</v>
+        <v>171</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="5">
         <v>45</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>281</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>282</v>
       </c>
       <c r="D52" s="6">
-        <v>45650.0</v>
+        <v>46007.0</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>283</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>284</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>285</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>286</v>
       </c>
       <c r="I52" s="7">
-        <v>9725079692</v>
+        <v>9710134252</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>177</v>
+        <v>214</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="5">
         <v>46</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>287</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>288</v>
       </c>
       <c r="D53" s="6">
-        <v>45768.0</v>
+        <v>46007.0</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>289</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>290</v>
       </c>
       <c r="G53" s="5" t="s">
         <v>291</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>292</v>
       </c>
       <c r="I53" s="7">
-        <v>9726086798</v>
+        <v>5503067018</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>177</v>
-[...31 lines deleted...]
-        <v>177</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="I5:I6"/>
     <mergeCell ref="J5:J6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -3127,117 +3076,117 @@
   <cols>
     <col min="1" max="1" width="7.42578125" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.5703125" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.85546875" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.85546875" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.140625" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.140625" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.42578125" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.140625" customWidth="true" style="0"/>
     <col min="9" max="9" width="20.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="20.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.140625" customWidth="true" style="0"/>
     <col min="12" max="12" width="64" customWidth="true" style="0"/>
     <col min="13" max="13" width="16.85546875" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:13">
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="63.6">
       <c r="A5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J5" s="8" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="K5" s="9"/>
       <c r="L5" s="10"/>
       <c r="M5" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="37.35">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="4" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="M6" s="3"/>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="4">
         <v>1</v>
       </c>
       <c r="B7" s="4">
         <v>2</v>
       </c>
       <c r="C7" s="4">
         <v>3</v>
       </c>
       <c r="D7" s="4">
         <v>4</v>
       </c>
       <c r="E7" s="4">
         <v>5</v>
       </c>
       <c r="F7" s="4">
         <v>6</v>
       </c>
       <c r="G7" s="4">
         <v>7</v>
       </c>