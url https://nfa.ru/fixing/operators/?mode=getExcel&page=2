--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,71 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="operators" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Оператор</t>
   </si>
   <si>
     <t>Bid</t>
   </si>
   <si>
     <t>Ask</t>
   </si>
   <si>
-    <t>10.10.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>RURAIL 1.195 28</t>
   </si>
   <si>
     <t>CH0419041634</t>
   </si>
   <si>
     <t>SBRF</t>
   </si>
   <si>
     <t>RENCAP</t>
   </si>
   <si>
     <t>REGION</t>
   </si>
   <si>
     <t>MKB</t>
   </si>
   <si>
     <t>СЗКК, 03</t>
   </si>
   <si>
     <t>RU000A0JRU20</t>
   </si>
@@ -125,68 +125,56 @@
   <si>
     <t>RONIN</t>
   </si>
   <si>
     <t>РЖД, 34</t>
   </si>
   <si>
     <t>RU000A0JVB27</t>
   </si>
   <si>
     <t>Автодор 03</t>
   </si>
   <si>
     <t>RU000A0JVD66</t>
   </si>
   <si>
     <t>BSPB</t>
   </si>
   <si>
     <t>РЖД-35</t>
   </si>
   <si>
     <t>RU000A0JVKH5</t>
   </si>
   <si>
-    <t>РЕСО-Лизинг, БО-04</t>
-[...4 lines deleted...]
-  <si>
     <t>РЖД-36-об</t>
   </si>
   <si>
     <t>RU000A0JVY04</t>
   </si>
   <si>
-    <t>Россиум-1-боб</t>
-[...4 lines deleted...]
-  <si>
     <t>Ростелеком-001P-01R</t>
   </si>
   <si>
     <t>RU000A0JWTN2</t>
   </si>
   <si>
     <t>Роснефть0001Р01</t>
   </si>
   <si>
     <t>RU000A0JX132</t>
   </si>
   <si>
     <t>METIB</t>
   </si>
   <si>
     <t>ДОМРФИА 1P</t>
   </si>
   <si>
     <t>RU000A0JX3M0</t>
   </si>
   <si>
     <t>DOMRF</t>
   </si>
   <si>
     <t>Почта России, БО-04</t>
@@ -227,56 +215,50 @@
   <si>
     <t>Роснфт1P8</t>
   </si>
   <si>
     <t>RU000A0ZYCP5</t>
   </si>
   <si>
     <t>ДОМ.РФ, БО-06</t>
   </si>
   <si>
     <t>RU000A0ZYF20</t>
   </si>
   <si>
     <t>ДОМ.РФ, БО-07</t>
   </si>
   <si>
     <t>RU000A0ZYF38</t>
   </si>
   <si>
     <t>ДОМ.РФ, БО-10</t>
   </si>
   <si>
     <t>RU000A0ZYFN3</t>
   </si>
   <si>
-    <t>ИНГРАД-001Р-01-боб</t>
-[...4 lines deleted...]
-  <si>
     <t>Роснефть-002Р-01</t>
   </si>
   <si>
     <t>RU000A0ZYJH7</t>
   </si>
   <si>
     <t>Роснефть-002Р-02</t>
   </si>
   <si>
     <t>RU000A0ZYJJ3</t>
   </si>
   <si>
     <t>ДОМРФИА 04</t>
   </si>
   <si>
     <t>RU000A0ZYL89</t>
   </si>
   <si>
     <t>Роснефть-002Р-03</t>
   </si>
   <si>
     <t>RU000A0ZYLG5</t>
   </si>
   <si>
     <t>ДОМРФИА 03</t>
@@ -311,56 +293,50 @@
   <si>
     <t>Россиум-001Р-01</t>
   </si>
   <si>
     <t>RU000A0ZZCX6</t>
   </si>
   <si>
     <t>ИА ДОМ 4P2</t>
   </si>
   <si>
     <t>RU000A0ZZNW5</t>
   </si>
   <si>
     <t>РЖД, 001P-09R</t>
   </si>
   <si>
     <t>RU000A0ZZRY2</t>
   </si>
   <si>
     <t>ИА ДОМ 6P2</t>
   </si>
   <si>
     <t>RU000A0ZZV86</t>
   </si>
   <si>
-    <t>Россия-25 EUR</t>
-[...4 lines deleted...]
-  <si>
     <t>ИА ДОМ 8P2</t>
   </si>
   <si>
     <t>RU000A0ZZZ09</t>
   </si>
   <si>
     <t>ИА ДОМ 7P2</t>
   </si>
   <si>
     <t>RU000A0ZZZ58</t>
   </si>
   <si>
     <t>Россиум-001Р-02</t>
   </si>
   <si>
     <t>RU000A0ZZZY5</t>
   </si>
   <si>
     <t>Автодор, БО-002P-01</t>
   </si>
   <si>
     <t>RU000A100030</t>
   </si>
   <si>
     <t>Россия-2035</t>
@@ -413,56 +389,50 @@
   <si>
     <t>ИА ДОМ12P2</t>
   </si>
   <si>
     <t>RU000A1016B4</t>
   </si>
   <si>
     <t>Россиум-001Р-03</t>
   </si>
   <si>
     <t>RU000A1018N5</t>
   </si>
   <si>
     <t>ИА ДОМ13P2</t>
   </si>
   <si>
     <t>RU000A1018T2</t>
   </si>
   <si>
     <t>ИА ДОМ 4P1</t>
   </si>
   <si>
     <t>RU000A1019A0</t>
   </si>
   <si>
-    <t>ИНГРАД 2P2</t>
-[...4 lines deleted...]
-  <si>
     <t>ИА ДОМ 5P1</t>
   </si>
   <si>
     <t>RU000A101JD7</t>
   </si>
   <si>
     <t>ФСК ЕЭС, 001P-05R</t>
   </si>
   <si>
     <t>RU000A101LX1</t>
   </si>
   <si>
     <t>Аптеки 2Р1</t>
   </si>
   <si>
     <t>RU000A101T72</t>
   </si>
   <si>
     <t>ИА ДОМ15P2</t>
   </si>
   <si>
     <t>RU000A101TD6</t>
   </si>
   <si>
     <t>ИА ДОМ14P2</t>
@@ -977,56 +947,50 @@
   <si>
     <t>РФ ЗО 47 Д</t>
   </si>
   <si>
     <t>RU000A10A844</t>
   </si>
   <si>
     <t>РФ ЗО 27 Д</t>
   </si>
   <si>
     <t>RU000A10A851</t>
   </si>
   <si>
     <t>РФ ЗО 28 Д</t>
   </si>
   <si>
     <t>RU000A10A869</t>
   </si>
   <si>
     <t>РФ ЗО 43 Д</t>
   </si>
   <si>
     <t>RU000A10A877</t>
   </si>
   <si>
-    <t>РФ ЗО 25 Е</t>
-[...4 lines deleted...]
-  <si>
     <t>РФ ЗО 36 Е</t>
   </si>
   <si>
     <t>RU000A10A893</t>
   </si>
   <si>
     <t>РФ ЗО 29 Д</t>
   </si>
   <si>
     <t>RU000A10A8A6</t>
   </si>
   <si>
     <t>РФ ЗО 30 Д</t>
   </si>
   <si>
     <t>RU000A10A8E8</t>
   </si>
   <si>
     <t>ИАДОМ 1P51</t>
   </si>
   <si>
     <t>RU000A10AQC0</t>
   </si>
   <si>
     <t>ИАДОМ 1P52</t>
@@ -1043,50 +1007,56 @@
   <si>
     <t>ИАДОМ 1P54</t>
   </si>
   <si>
     <t>RU000A10BVS4</t>
   </si>
   <si>
     <t>ИАДОМ 1P55</t>
   </si>
   <si>
     <t>RU000A10C1N2</t>
   </si>
   <si>
     <t>ИАДОМ 1P57</t>
   </si>
   <si>
     <t>RU000A10C1P7</t>
   </si>
   <si>
     <t>ИАДОМ 1P56</t>
   </si>
   <si>
     <t>RU000A10C8J5</t>
   </si>
   <si>
+    <t>ИАДОМ 1P58</t>
+  </si>
+  <si>
+    <t>RU000A10DEA4</t>
+  </si>
+  <si>
     <t>RUSSIA 12 3/4 06/24/28</t>
   </si>
   <si>
     <t>XS0088543193</t>
   </si>
   <si>
     <t>RURAIL 7.487 03/25/31</t>
   </si>
   <si>
     <t>XS0609017917</t>
   </si>
   <si>
     <t>RUSSIA 5 7/8 09/16/43</t>
   </si>
   <si>
     <t>XS0971721963</t>
   </si>
   <si>
     <t>RURAIL 2.2 27</t>
   </si>
   <si>
     <t>XS1843437036</t>
   </si>
   <si>
     <t>GTLKOA 4.949 02/18/26</t>
@@ -1149,62 +1119,50 @@
     <t>XS2384174228</t>
   </si>
   <si>
     <t>PHORRU 2.6 28</t>
   </si>
   <si>
     <t>XS2384719402</t>
   </si>
   <si>
     <t>GMKNRM 2.8 26</t>
   </si>
   <si>
     <t>XS2393505008</t>
   </si>
   <si>
     <t>PGILLN 3.25 28</t>
   </si>
   <si>
     <t>XS2396900685</t>
   </si>
   <si>
     <t>METINR 3.375 28</t>
   </si>
   <si>
     <t>XS2400040973</t>
-  </si>
-[...10 lines deleted...]
-    <t>XS2401571521</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
     <numFmt numFmtId="165" formatCode="#,####0.0000_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1513,54 +1471,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F729"/>
+  <dimension ref="A1:F703"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="69" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F729" sqref="F729"/>
+      <selection activeCell="F703" sqref="F703"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -1643,134 +1601,134 @@
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="2">
         <v>85</v>
       </c>
       <c r="F5" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>14</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2">
-        <v>92</v>
+        <v>86.5</v>
       </c>
       <c r="F6" s="2">
-        <v>94</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>14</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="2">
-        <v>94</v>
+        <v>82.86</v>
       </c>
       <c r="F7" s="2">
-        <v>95</v>
+        <v>96.03</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
         <v>14</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="2">
         <v>84</v>
       </c>
       <c r="F8" s="2">
         <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="2">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="F9" s="2">
-        <v>97</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="2">
-        <v>94</v>
+        <v>80.51</v>
       </c>
       <c r="F10" s="2">
-        <v>95</v>
+        <v>89.96</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="2">
         <v>84</v>
       </c>
       <c r="F11" s="2">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
         <v>6</v>
@@ -1783,54 +1741,54 @@
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2">
         <v>96</v>
       </c>
       <c r="F12" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13" t="s">
         <v>19</v>
       </c>
       <c r="D13" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="2">
-        <v>95.01</v>
+        <v>80.01</v>
       </c>
       <c r="F13" s="2">
-        <v>113.99</v>
+        <v>115.01</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14" t="s">
         <v>19</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="2">
         <v>90</v>
       </c>
       <c r="F14" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="1" t="s">
         <v>6</v>
@@ -1863,54 +1821,54 @@
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2">
         <v>101</v>
       </c>
       <c r="F16" s="2">
         <v>103</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>21</v>
       </c>
       <c r="D17" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="2">
-        <v>95.52</v>
+        <v>99.71</v>
       </c>
       <c r="F17" s="2">
-        <v>109.2</v>
+        <v>107.72</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>20</v>
       </c>
       <c r="C18" t="s">
         <v>21</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="2">
         <v>95</v>
       </c>
       <c r="F18" s="2">
         <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="1" t="s">
         <v>6</v>
@@ -1943,94 +1901,94 @@
       </c>
       <c r="D20" t="s">
         <v>24</v>
       </c>
       <c r="E20" s="2">
         <v>104</v>
       </c>
       <c r="F20" s="2">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>22</v>
       </c>
       <c r="C21" t="s">
         <v>23</v>
       </c>
       <c r="D21" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="2">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F21" s="2">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>23</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" s="2">
-        <v>105.201</v>
+        <v>104.002</v>
       </c>
       <c r="F22" s="2">
-        <v>105.296</v>
+        <v>104.077</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>27</v>
       </c>
       <c r="C23" t="s">
         <v>28</v>
       </c>
       <c r="D23" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="2">
-        <v>95.48</v>
+        <v>96.61</v>
       </c>
       <c r="F23" s="2">
-        <v>95.4805</v>
+        <v>96.615</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>27</v>
       </c>
       <c r="C24" t="s">
         <v>28</v>
       </c>
       <c r="D24" t="s">
         <v>29</v>
       </c>
       <c r="E24" s="2">
         <v>95</v>
       </c>
       <c r="F24" s="2">
         <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="1" t="s">
         <v>6</v>
@@ -2043,54 +2001,54 @@
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="2">
         <v>99</v>
       </c>
       <c r="F25" s="2">
         <v>101</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>30</v>
       </c>
       <c r="C26" t="s">
         <v>31</v>
       </c>
       <c r="D26" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="2">
-        <v>95.48</v>
+        <v>96.61</v>
       </c>
       <c r="F26" s="2">
-        <v>95.4805</v>
+        <v>96.615</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>30</v>
       </c>
       <c r="C27" t="s">
         <v>31</v>
       </c>
       <c r="D27" t="s">
         <v>29</v>
       </c>
       <c r="E27" s="2">
         <v>95</v>
       </c>
       <c r="F27" s="2">
         <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="1" t="s">
         <v>6</v>
@@ -2183,54 +2141,54 @@
       </c>
       <c r="D32" t="s">
         <v>34</v>
       </c>
       <c r="E32" s="2">
         <v>50</v>
       </c>
       <c r="F32" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>35</v>
       </c>
       <c r="C33" t="s">
         <v>36</v>
       </c>
       <c r="D33" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="2">
-        <v>95.48</v>
+        <v>96.61</v>
       </c>
       <c r="F33" s="2">
-        <v>95.4805</v>
+        <v>96.615</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>35</v>
       </c>
       <c r="C34" t="s">
         <v>36</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="2">
         <v>99</v>
       </c>
       <c r="F34" s="2">
         <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="1" t="s">
         <v>6</v>
@@ -2263,13893 +2221,13373 @@
       </c>
       <c r="D36" t="s">
         <v>34</v>
       </c>
       <c r="E36" s="2">
         <v>80</v>
       </c>
       <c r="F36" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>35</v>
       </c>
       <c r="C37" t="s">
         <v>36</v>
       </c>
       <c r="D37" t="s">
         <v>25</v>
       </c>
       <c r="E37" s="2">
-        <v>85.5</v>
+        <v>86.5</v>
       </c>
       <c r="F37" s="2">
-        <v>105.5</v>
+        <v>106.5</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>37</v>
       </c>
       <c r="C38" t="s">
         <v>38</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E38" s="2">
-        <v>90</v>
+        <v>96.61</v>
       </c>
       <c r="F38" s="2">
-        <v>110</v>
+        <v>96.615</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>37</v>
       </c>
       <c r="C39" t="s">
         <v>38</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E39" s="2">
-        <v>95</v>
+        <v>40</v>
       </c>
       <c r="F39" s="2">
-        <v>99</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>37</v>
       </c>
       <c r="C40" t="s">
         <v>38</v>
       </c>
       <c r="D40" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E40" s="2">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="F40" s="2">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C41" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D41" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E41" s="2">
-        <v>88.5</v>
+        <v>103.8</v>
       </c>
       <c r="F41" s="2">
-        <v>108.5</v>
+        <v>103.83</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>39</v>
       </c>
       <c r="C42" t="s">
         <v>40</v>
       </c>
       <c r="D42" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E42" s="2">
-        <v>95.48</v>
+        <v>96</v>
       </c>
       <c r="F42" s="2">
-        <v>95.4805</v>
+        <v>98</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>39</v>
       </c>
       <c r="C43" t="s">
         <v>40</v>
       </c>
       <c r="D43" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E43" s="2">
-        <v>40</v>
+        <v>95.295</v>
       </c>
       <c r="F43" s="2">
-        <v>60</v>
+        <v>95.996</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>39</v>
       </c>
       <c r="C44" t="s">
         <v>40</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E44" s="2">
-        <v>90</v>
+        <v>92.5</v>
       </c>
       <c r="F44" s="2">
-        <v>100</v>
+        <v>112.5</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
         <v>41</v>
       </c>
       <c r="C45" t="s">
         <v>42</v>
       </c>
       <c r="D45" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E45" s="2">
-        <v>96.03</v>
+        <v>98</v>
       </c>
       <c r="F45" s="2">
-        <v>139.71</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>41</v>
       </c>
       <c r="C46" t="s">
         <v>42</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E46" s="2">
-        <v>99.65</v>
+        <v>95</v>
       </c>
       <c r="F46" s="2">
-        <v>100.65</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>41</v>
       </c>
       <c r="C47" t="s">
         <v>42</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E47" s="2">
-        <v>99.75</v>
+        <v>101</v>
       </c>
       <c r="F47" s="2">
-        <v>100.25</v>
+        <v>103</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C48" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D48" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="E48" s="2">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F48" s="2">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C49" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D49" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="2">
-        <v>102.16</v>
+        <v>100.39</v>
       </c>
       <c r="F49" s="2">
-        <v>102.49</v>
+        <v>103.09</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
+        <v>44</v>
+      </c>
+      <c r="C50" t="s">
+        <v>45</v>
+      </c>
+      <c r="D50" t="s">
         <v>43</v>
       </c>
-      <c r="C50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="2">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F50" s="2">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C51" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E51" s="2">
-        <v>95.295</v>
+        <v>100.43</v>
       </c>
       <c r="F51" s="2">
-        <v>95.996</v>
+        <v>100.49</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C52" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D52" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E52" s="2">
-        <v>92.5</v>
+        <v>99.5</v>
       </c>
       <c r="F52" s="2">
-        <v>112.5</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C53" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" s="2">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="F53" s="2">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C54" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="2">
+        <v>94.4</v>
+      </c>
+      <c r="F54" s="2">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>97.5</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C55" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D55" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E55" s="2">
+        <v>100.5</v>
+      </c>
+      <c r="F55" s="2">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="2">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="F56" s="2">
-        <v>103</v>
+        <v>89</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C57" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D57" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="2">
-        <v>98.77</v>
+        <v>88.01</v>
       </c>
       <c r="F57" s="2">
-        <v>102.46</v>
+        <v>88.2836</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C58" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D58" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E58" s="2">
-        <v>99</v>
+        <v>95.675</v>
       </c>
       <c r="F58" s="2">
-        <v>100</v>
+        <v>97.675</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C59" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D59" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E59" s="2">
-        <v>99.51</v>
+        <v>85</v>
       </c>
       <c r="F59" s="2">
-        <v>99.55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C60" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E60" s="2">
-        <v>98.5</v>
+        <v>94.17</v>
       </c>
       <c r="F60" s="2">
-        <v>101</v>
+        <v>95.01</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>51</v>
       </c>
       <c r="C61" t="s">
         <v>52</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E61" s="2">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F61" s="2">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>51</v>
       </c>
       <c r="C62" t="s">
         <v>52</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E62" s="2">
-        <v>94.4</v>
+        <v>70</v>
       </c>
       <c r="F62" s="2">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>51</v>
       </c>
       <c r="C63" t="s">
         <v>52</v>
       </c>
       <c r="D63" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E63" s="2">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="F63" s="2">
-        <v>103</v>
+        <v>88</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>53</v>
       </c>
       <c r="C64" t="s">
         <v>54</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E64" s="2">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="F64" s="2">
-        <v>89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>53</v>
       </c>
       <c r="C65" t="s">
         <v>54</v>
       </c>
       <c r="D65" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E65" s="2">
-        <v>88.01</v>
+        <v>97.75</v>
       </c>
       <c r="F65" s="2">
-        <v>88.2836</v>
+        <v>98.75</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>53</v>
       </c>
       <c r="C66" t="s">
         <v>54</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E66" s="2">
-        <v>95.675</v>
+        <v>101</v>
       </c>
       <c r="F66" s="2">
-        <v>97.675</v>
+        <v>103</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C67" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D67" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E67" s="2">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="F67" s="2">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C68" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D68" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E68" s="2">
-        <v>90.09</v>
+        <v>97.75</v>
       </c>
       <c r="F68" s="2">
-        <v>90.94</v>
+        <v>98.75</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>55</v>
       </c>
       <c r="C69" t="s">
         <v>56</v>
       </c>
       <c r="D69" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E69" s="2">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="F69" s="2">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
+        <v>57</v>
+      </c>
+      <c r="C70" t="s">
+        <v>58</v>
+      </c>
+      <c r="D70" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70" s="2">
         <v>55</v>
       </c>
-      <c r="C70" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F70" s="2">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C71" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D71" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E71" s="2">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="F71" s="2">
-        <v>89</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>57</v>
       </c>
       <c r="C72" t="s">
         <v>58</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E72" s="2">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="F72" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>57</v>
       </c>
       <c r="C73" t="s">
         <v>58</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="2">
-        <v>97.75</v>
+        <v>60</v>
       </c>
       <c r="F73" s="2">
-        <v>98.75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>57</v>
       </c>
       <c r="C74" t="s">
         <v>58</v>
       </c>
       <c r="D74" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="E74" s="2">
-        <v>101</v>
+        <v>50</v>
       </c>
       <c r="F74" s="2">
-        <v>103</v>
+        <v>60</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>59</v>
       </c>
       <c r="C75" t="s">
         <v>60</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" s="2">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F75" s="2">
-        <v>100</v>
+        <v>106</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>59</v>
       </c>
       <c r="C76" t="s">
         <v>60</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="2">
-        <v>97.75</v>
+        <v>104</v>
       </c>
       <c r="F76" s="2">
-        <v>98.75</v>
+        <v>106</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>59</v>
       </c>
       <c r="C77" t="s">
         <v>60</v>
       </c>
       <c r="D77" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E77" s="2">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F77" s="2">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>61</v>
       </c>
       <c r="C78" t="s">
         <v>62</v>
       </c>
       <c r="D78" t="s">
         <v>9</v>
       </c>
       <c r="E78" s="2">
-        <v>55</v>
+        <v>100</v>
       </c>
       <c r="F78" s="2">
-        <v>100</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>61</v>
       </c>
       <c r="C79" t="s">
         <v>62</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E79" s="2">
-        <v>61</v>
+        <v>99.75</v>
       </c>
       <c r="F79" s="2">
-        <v>80</v>
+        <v>100.75</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>61</v>
       </c>
       <c r="C80" t="s">
         <v>62</v>
       </c>
       <c r="D80" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E80" s="2">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="F80" s="2">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C81" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E81" s="2">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="F81" s="2">
-        <v>70</v>
+        <v>103</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C82" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D82" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="E82" s="2">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="F82" s="2">
-        <v>60</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>63</v>
       </c>
       <c r="C83" t="s">
         <v>64</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E83" s="2">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="F83" s="2">
-        <v>106</v>
+        <v>99</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C84" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E84" s="2">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="F84" s="2">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C85" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D85" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E85" s="2">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F85" s="2">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>65</v>
       </c>
       <c r="C86" t="s">
         <v>66</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E86" s="2">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="F86" s="2">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C87" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" s="2">
-        <v>99.75</v>
+        <v>98</v>
       </c>
       <c r="F87" s="2">
-        <v>100.75</v>
+        <v>102</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C88" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="2">
-        <v>95</v>
+        <v>97.75</v>
       </c>
       <c r="F88" s="2">
-        <v>99</v>
+        <v>98.75</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>67</v>
       </c>
       <c r="C89" t="s">
         <v>68</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E89" s="2">
-        <v>99.5</v>
+        <v>101</v>
       </c>
       <c r="F89" s="2">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C90" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" s="2">
         <v>98</v>
       </c>
       <c r="F90" s="2">
-        <v>100.5</v>
+        <v>102</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C91" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="2">
-        <v>97</v>
+        <v>97.75</v>
       </c>
       <c r="F91" s="2">
-        <v>99</v>
+        <v>98.75</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>69</v>
       </c>
       <c r="C92" t="s">
         <v>70</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E92" s="2">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F92" s="2">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C93" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D93" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E93" s="2">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="F93" s="2">
-        <v>101</v>
+        <v>113</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C94" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D94" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="2">
-        <v>95</v>
+        <v>108.14</v>
       </c>
       <c r="F94" s="2">
-        <v>97</v>
+        <v>110.87</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>71</v>
       </c>
       <c r="C95" t="s">
         <v>72</v>
       </c>
       <c r="D95" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E95" s="2">
-        <v>94.18</v>
+        <v>97.025</v>
       </c>
       <c r="F95" s="2">
-        <v>100.29</v>
+        <v>99.025</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>71</v>
       </c>
       <c r="C96" t="s">
         <v>72</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E96" s="2">
-        <v>99.45</v>
+        <v>101</v>
       </c>
       <c r="F96" s="2">
-        <v>100.45</v>
+        <v>105</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
         <v>71</v>
       </c>
       <c r="C97" t="s">
         <v>72</v>
       </c>
       <c r="D97" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E97" s="2">
-        <v>99.75</v>
+        <v>99.73</v>
       </c>
       <c r="F97" s="2">
-        <v>100.25</v>
+        <v>99.84</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
         <v>73</v>
       </c>
       <c r="C98" t="s">
         <v>74</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" s="2">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F98" s="2">
-        <v>102</v>
+        <v>99</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>73</v>
       </c>
       <c r="C99" t="s">
         <v>74</v>
       </c>
       <c r="D99" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="2">
-        <v>97.75</v>
+        <v>97.5</v>
       </c>
       <c r="F99" s="2">
-        <v>98.75</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>73</v>
       </c>
       <c r="C100" t="s">
         <v>74</v>
       </c>
       <c r="D100" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E100" s="2">
+        <v>98</v>
+      </c>
+      <c r="F100" s="2">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
         <v>75</v>
       </c>
       <c r="C101" t="s">
         <v>76</v>
       </c>
       <c r="D101" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E101" s="2">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="F101" s="2">
-        <v>102</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
         <v>75</v>
       </c>
       <c r="C102" t="s">
         <v>76</v>
       </c>
       <c r="D102" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="2">
-        <v>97.75</v>
+        <v>166</v>
       </c>
       <c r="F102" s="2">
-        <v>98.75</v>
+        <v>232.59</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
         <v>75</v>
       </c>
       <c r="C103" t="s">
         <v>76</v>
       </c>
       <c r="D103" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E103" s="2">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F103" s="2">
         <v>102</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C104" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D104" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E104" s="2">
-        <v>99.5</v>
+        <v>97.59</v>
       </c>
       <c r="F104" s="2">
-        <v>103.5</v>
+        <v>97.78</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
         <v>77</v>
       </c>
       <c r="C105" t="s">
         <v>78</v>
       </c>
       <c r="D105" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E105" s="2">
-        <v>97.66</v>
+        <v>82</v>
       </c>
       <c r="F105" s="2">
-        <v>103.49</v>
+        <v>105</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
         <v>77</v>
       </c>
       <c r="C106" t="s">
         <v>78</v>
       </c>
       <c r="D106" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="2">
-        <v>97.025</v>
+        <v>55</v>
       </c>
       <c r="F106" s="2">
-        <v>99.025</v>
+        <v>65</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
         <v>77</v>
       </c>
       <c r="C107" t="s">
         <v>78</v>
       </c>
       <c r="D107" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="E107" s="2">
-        <v>101</v>
+        <v>70</v>
       </c>
       <c r="F107" s="2">
-        <v>104</v>
+        <v>90</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B108" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C108" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D108" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E108" s="2">
-        <v>100.62</v>
+        <v>95</v>
       </c>
       <c r="F108" s="2">
-        <v>100.67</v>
+        <v>97</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B109" t="s">
         <v>79</v>
       </c>
       <c r="C109" t="s">
         <v>80</v>
       </c>
       <c r="D109" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E109" s="2">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="F109" s="2">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B110" t="s">
         <v>79</v>
       </c>
       <c r="C110" t="s">
         <v>80</v>
       </c>
       <c r="D110" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E110" s="2">
-        <v>97.5</v>
+        <v>92</v>
       </c>
       <c r="F110" s="2">
-        <v>98.5</v>
+        <v>99</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B111" t="s">
         <v>79</v>
       </c>
       <c r="C111" t="s">
         <v>80</v>
       </c>
       <c r="D111" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="E111" s="2">
-        <v>97</v>
+        <v>79</v>
       </c>
       <c r="F111" s="2">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B112" t="s">
         <v>81</v>
       </c>
       <c r="C112" t="s">
         <v>82</v>
       </c>
       <c r="D112" t="s">
         <v>9</v>
       </c>
       <c r="E112" s="2">
-        <v>95.25</v>
+        <v>99</v>
       </c>
       <c r="F112" s="2">
-        <v>96.25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B113" t="s">
         <v>81</v>
       </c>
       <c r="C113" t="s">
         <v>82</v>
       </c>
       <c r="D113" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E113" s="2">
-        <v>94.53</v>
+        <v>97</v>
       </c>
       <c r="F113" s="2">
-        <v>96.04</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B114" t="s">
         <v>81</v>
       </c>
       <c r="C114" t="s">
         <v>82</v>
       </c>
       <c r="D114" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E114" s="2">
-        <v>95</v>
+        <v>96.9</v>
       </c>
       <c r="F114" s="2">
-        <v>99</v>
+        <v>97.502</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B115" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C115" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D115" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E115" s="2">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="F115" s="2">
-        <v>97.21</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B116" t="s">
         <v>83</v>
       </c>
       <c r="C116" t="s">
         <v>84</v>
       </c>
       <c r="D116" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E116" s="2">
-        <v>82</v>
+        <v>86.31</v>
       </c>
       <c r="F116" s="2">
-        <v>105</v>
+        <v>86.36</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B117" t="s">
         <v>83</v>
       </c>
       <c r="C117" t="s">
         <v>84</v>
       </c>
       <c r="D117" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E117" s="2">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="F117" s="2">
-        <v>65</v>
+        <v>88</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B118" t="s">
         <v>83</v>
       </c>
       <c r="C118" t="s">
         <v>84</v>
       </c>
       <c r="D118" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="E118" s="2">
-        <v>70</v>
+        <v>85.83</v>
       </c>
       <c r="F118" s="2">
-        <v>90</v>
+        <v>86.83</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B119" t="s">
         <v>85</v>
       </c>
       <c r="C119" t="s">
         <v>86</v>
       </c>
       <c r="D119" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E119" s="2">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="F119" s="2">
-        <v>97</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B120" t="s">
         <v>85</v>
       </c>
       <c r="C120" t="s">
         <v>86</v>
       </c>
       <c r="D120" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E120" s="2">
-        <v>90</v>
+        <v>99.4</v>
       </c>
       <c r="F120" s="2">
-        <v>98</v>
+        <v>100.4</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B121" t="s">
         <v>85</v>
       </c>
       <c r="C121" t="s">
         <v>86</v>
       </c>
       <c r="D121" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E121" s="2">
-        <v>92</v>
+        <v>99.75</v>
       </c>
       <c r="F121" s="2">
-        <v>99</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B122" t="s">
         <v>85</v>
       </c>
       <c r="C122" t="s">
         <v>86</v>
       </c>
       <c r="D122" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E122" s="2">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="F122" s="2">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B123" t="s">
         <v>87</v>
       </c>
       <c r="C123" t="s">
         <v>88</v>
       </c>
       <c r="D123" t="s">
         <v>9</v>
       </c>
       <c r="E123" s="2">
-        <v>99.5</v>
+        <v>89.5</v>
       </c>
       <c r="F123" s="2">
-        <v>100.5</v>
+        <v>90.5</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B124" t="s">
         <v>87</v>
       </c>
       <c r="C124" t="s">
         <v>88</v>
       </c>
       <c r="D124" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E124" s="2">
-        <v>97</v>
+        <v>90.04</v>
       </c>
       <c r="F124" s="2">
-        <v>100</v>
+        <v>90.05</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B125" t="s">
         <v>87</v>
       </c>
       <c r="C125" t="s">
         <v>88</v>
       </c>
       <c r="D125" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E125" s="2">
-        <v>96.9</v>
+        <v>88</v>
       </c>
       <c r="F125" s="2">
-        <v>97.502</v>
+        <v>92</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B126" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C126" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D126" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E126" s="2">
-        <v>84</v>
+        <v>89.78</v>
       </c>
       <c r="F126" s="2">
-        <v>85</v>
+        <v>90.25</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B127" t="s">
         <v>89</v>
       </c>
       <c r="C127" t="s">
         <v>90</v>
       </c>
       <c r="D127" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E127" s="2">
-        <v>84.19</v>
+        <v>99</v>
       </c>
       <c r="F127" s="2">
-        <v>84.23</v>
+        <v>102</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B128" t="s">
         <v>89</v>
       </c>
       <c r="C128" t="s">
         <v>90</v>
       </c>
       <c r="D128" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E128" s="2">
-        <v>85</v>
+        <v>99.9</v>
       </c>
       <c r="F128" s="2">
-        <v>88</v>
+        <v>100.2</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B129" t="s">
         <v>89</v>
       </c>
       <c r="C129" t="s">
         <v>90</v>
       </c>
       <c r="D129" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E129" s="2">
-        <v>83.7</v>
+        <v>98</v>
       </c>
       <c r="F129" s="2">
-        <v>84.71</v>
+        <v>101.25</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B130" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C130" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D130" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E130" s="2">
-        <v>65</v>
+        <v>100.3</v>
       </c>
       <c r="F130" s="2">
-        <v>100.25</v>
+        <v>100.8</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B131" t="s">
         <v>91</v>
       </c>
       <c r="C131" t="s">
         <v>92</v>
       </c>
       <c r="D131" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E131" s="2">
-        <v>99.4</v>
+        <v>91</v>
       </c>
       <c r="F131" s="2">
-        <v>100.4</v>
+        <v>92</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B132" t="s">
         <v>91</v>
       </c>
       <c r="C132" t="s">
         <v>92</v>
       </c>
       <c r="D132" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="2">
-        <v>99.75</v>
+        <v>91.72</v>
       </c>
       <c r="F132" s="2">
-        <v>100.25</v>
+        <v>92.03</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B133" t="s">
         <v>91</v>
       </c>
       <c r="C133" t="s">
         <v>92</v>
       </c>
       <c r="D133" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="E133" s="2">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="F133" s="2">
-        <v>102</v>
+        <v>93</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B134" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C134" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D134" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E134" s="2">
-        <v>87</v>
+        <v>91.94</v>
       </c>
       <c r="F134" s="2">
-        <v>88</v>
+        <v>92.42</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B135" t="s">
         <v>93</v>
       </c>
       <c r="C135" t="s">
         <v>94</v>
       </c>
       <c r="D135" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E135" s="2">
-        <v>87.53</v>
+        <v>92</v>
       </c>
       <c r="F135" s="2">
-        <v>87.58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B136" t="s">
         <v>93</v>
       </c>
       <c r="C136" t="s">
         <v>94</v>
       </c>
       <c r="D136" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E136" s="2">
-        <v>88</v>
+        <v>92.7</v>
       </c>
       <c r="F136" s="2">
-        <v>92</v>
+        <v>92.75</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B137" t="s">
         <v>93</v>
       </c>
       <c r="C137" t="s">
         <v>94</v>
       </c>
       <c r="D137" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E137" s="2">
-        <v>87.29</v>
+        <v>90</v>
       </c>
       <c r="F137" s="2">
-        <v>87.82</v>
+        <v>93</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B138" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C138" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D138" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E138" s="2">
-        <v>99</v>
+        <v>92.52</v>
       </c>
       <c r="F138" s="2">
-        <v>102</v>
+        <v>92.91</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B139" t="s">
         <v>95</v>
       </c>
       <c r="C139" t="s">
         <v>96</v>
       </c>
       <c r="D139" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E139" s="2">
-        <v>99.91</v>
+        <v>91</v>
       </c>
       <c r="F139" s="2">
-        <v>100.2</v>
+        <v>91.5</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B140" t="s">
         <v>95</v>
       </c>
       <c r="C140" t="s">
         <v>96</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E140" s="2">
-        <v>98</v>
+        <v>91.16</v>
       </c>
       <c r="F140" s="2">
-        <v>101.25</v>
+        <v>91.21</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B141" t="s">
         <v>95</v>
       </c>
       <c r="C141" t="s">
         <v>96</v>
       </c>
       <c r="D141" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E141" s="2">
-        <v>100.3</v>
+        <v>91</v>
       </c>
       <c r="F141" s="2">
-        <v>100.8</v>
+        <v>92</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B142" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C142" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D142" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E142" s="2">
-        <v>90</v>
+        <v>90.74</v>
       </c>
       <c r="F142" s="2">
-        <v>91</v>
+        <v>91.63</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B143" t="s">
         <v>97</v>
       </c>
       <c r="C143" t="s">
         <v>98</v>
       </c>
       <c r="D143" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="2">
-        <v>90.36</v>
+        <v>65</v>
       </c>
       <c r="F143" s="2">
-        <v>90.38</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B144" t="s">
         <v>97</v>
       </c>
       <c r="C144" t="s">
         <v>98</v>
       </c>
       <c r="D144" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E144" s="2">
-        <v>90</v>
+        <v>98.5</v>
       </c>
       <c r="F144" s="2">
-        <v>93</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B145" t="s">
         <v>97</v>
       </c>
       <c r="C145" t="s">
         <v>98</v>
       </c>
       <c r="D145" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E145" s="2">
-        <v>90.1</v>
+        <v>99.75</v>
       </c>
       <c r="F145" s="2">
-        <v>90.6</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B146" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C146" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D146" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E146" s="2">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F146" s="2">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B147" t="s">
         <v>99</v>
       </c>
       <c r="C147" t="s">
         <v>100</v>
       </c>
       <c r="D147" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="E147" s="2">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F147" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B148" t="s">
         <v>99</v>
       </c>
       <c r="C148" t="s">
         <v>100</v>
       </c>
       <c r="D148" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E148" s="2">
-        <v>96</v>
+        <v>98.5</v>
       </c>
       <c r="F148" s="2">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B149" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C149" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D149" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E149" s="2">
         <v>90</v>
       </c>
       <c r="F149" s="2">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B150" t="s">
         <v>101</v>
       </c>
       <c r="C150" t="s">
         <v>102</v>
       </c>
       <c r="D150" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="2">
-        <v>90.31</v>
+        <v>84.0001</v>
       </c>
       <c r="F150" s="2">
-        <v>90.36</v>
+        <v>85</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B151" t="s">
         <v>101</v>
       </c>
       <c r="C151" t="s">
         <v>102</v>
       </c>
       <c r="D151" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="E151" s="2">
-        <v>90</v>
+        <v>83.5</v>
       </c>
       <c r="F151" s="2">
-        <v>93</v>
+        <v>85</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B152" t="s">
         <v>101</v>
       </c>
       <c r="C152" t="s">
         <v>102</v>
       </c>
       <c r="D152" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="E152" s="2">
-        <v>90.11</v>
+        <v>90</v>
       </c>
       <c r="F152" s="2">
-        <v>90.55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B153" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C153" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D153" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E153" s="2">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F153" s="2">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B154" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C154" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D154" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E154" s="2">
-        <v>87.2</v>
+        <v>71.5</v>
       </c>
       <c r="F154" s="2">
-        <v>87.25</v>
+        <v>91.5</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B155" t="s">
         <v>103</v>
       </c>
       <c r="C155" t="s">
         <v>104</v>
       </c>
       <c r="D155" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E155" s="2">
-        <v>91</v>
+        <v>94.31</v>
       </c>
       <c r="F155" s="2">
-        <v>92</v>
+        <v>98</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B156" t="s">
         <v>103</v>
       </c>
       <c r="C156" t="s">
         <v>104</v>
       </c>
       <c r="D156" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E156" s="2">
-        <v>86.77</v>
+        <v>87</v>
       </c>
       <c r="F156" s="2">
-        <v>87.67</v>
+        <v>98</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B157" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C157" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D157" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E157" s="2">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="F157" s="2">
-        <v>100.25</v>
+        <v>90</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B158" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C158" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D158" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E158" s="2">
-        <v>98.5</v>
+        <v>84.5</v>
       </c>
       <c r="F158" s="2">
-        <v>100.5</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B159" t="s">
         <v>105</v>
       </c>
       <c r="C159" t="s">
         <v>106</v>
       </c>
       <c r="D159" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E159" s="2">
-        <v>99.75</v>
+        <v>91</v>
       </c>
       <c r="F159" s="2">
-        <v>100.25</v>
+        <v>92</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B160" t="s">
         <v>105</v>
       </c>
       <c r="C160" t="s">
         <v>106</v>
       </c>
       <c r="D160" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E160" s="2">
-        <v>95</v>
+        <v>91.77</v>
       </c>
       <c r="F160" s="2">
-        <v>105</v>
+        <v>91.81</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B161" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C161" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D161" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E161" s="2">
-        <v>96.5</v>
+        <v>90</v>
       </c>
       <c r="F161" s="2">
-        <v>97.5</v>
+        <v>92</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B162" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C162" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D162" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E162" s="2">
-        <v>98.5</v>
+        <v>91.62</v>
       </c>
       <c r="F162" s="2">
-        <v>101</v>
+        <v>91.97</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B163" t="s">
         <v>107</v>
       </c>
       <c r="C163" t="s">
         <v>108</v>
       </c>
       <c r="D163" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E163" s="2">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="F163" s="2">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B164" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C164" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D164" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E164" s="2">
-        <v>68.31</v>
+        <v>98</v>
       </c>
       <c r="F164" s="2">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B165" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C165" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D165" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E165" s="2">
-        <v>83.5</v>
+        <v>90</v>
       </c>
       <c r="F165" s="2">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B166" t="s">
         <v>109</v>
       </c>
       <c r="C166" t="s">
         <v>110</v>
       </c>
       <c r="D166" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="E166" s="2">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F166" s="2">
-        <v>100</v>
+        <v>84</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B167" t="s">
         <v>109</v>
       </c>
       <c r="C167" t="s">
         <v>110</v>
       </c>
       <c r="D167" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E167" s="2">
-        <v>86</v>
+        <v>83.15</v>
       </c>
       <c r="F167" s="2">
-        <v>93</v>
+        <v>83.18</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B168" t="s">
         <v>109</v>
       </c>
       <c r="C168" t="s">
         <v>110</v>
       </c>
       <c r="D168" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E168" s="2">
-        <v>72</v>
+        <v>87.075</v>
       </c>
       <c r="F168" s="2">
-        <v>92</v>
+        <v>89.075</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B169" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C169" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D169" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E169" s="2">
-        <v>95.53</v>
+        <v>82</v>
       </c>
       <c r="F169" s="2">
-        <v>97.59</v>
+        <v>85</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B170" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C170" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E170" s="2">
-        <v>87</v>
+        <v>82.63</v>
       </c>
       <c r="F170" s="2">
-        <v>98</v>
+        <v>83.67</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B171" t="s">
         <v>111</v>
       </c>
       <c r="C171" t="s">
         <v>112</v>
       </c>
       <c r="D171" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="E171" s="2">
-        <v>85</v>
+        <v>87.5</v>
       </c>
       <c r="F171" s="2">
-        <v>90</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B172" t="s">
         <v>111</v>
       </c>
       <c r="C172" t="s">
         <v>112</v>
       </c>
       <c r="D172" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E172" s="2">
-        <v>87</v>
+        <v>88.24</v>
       </c>
       <c r="F172" s="2">
-        <v>107</v>
+        <v>88.29</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B173" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C173" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="D173" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E173" s="2">
-        <v>89</v>
+        <v>91.775</v>
       </c>
       <c r="F173" s="2">
-        <v>90</v>
+        <v>93.775</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B174" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C174" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="D174" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E174" s="2">
-        <v>89.26</v>
+        <v>85</v>
       </c>
       <c r="F174" s="2">
-        <v>89.93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B175" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C175" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="D175" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E175" s="2">
-        <v>90</v>
+        <v>87.77</v>
       </c>
       <c r="F175" s="2">
-        <v>92</v>
+        <v>88.76</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B176" t="s">
         <v>113</v>
       </c>
       <c r="C176" t="s">
         <v>114</v>
       </c>
       <c r="D176" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E176" s="2">
-        <v>89.63</v>
+        <v>100</v>
       </c>
       <c r="F176" s="2">
-        <v>90</v>
+        <v>103</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B177" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C177" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D177" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E177" s="2">
-        <v>100</v>
+        <v>98.5</v>
       </c>
       <c r="F177" s="2">
-        <v>101</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B178" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C178" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D178" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E178" s="2">
-        <v>98</v>
+        <v>97.52</v>
       </c>
       <c r="F178" s="2">
-        <v>100</v>
+        <v>98.52</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B179" t="s">
         <v>115</v>
       </c>
       <c r="C179" t="s">
         <v>116</v>
       </c>
       <c r="D179" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E179" s="2">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="F179" s="2">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B180" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C180" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D180" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E180" s="2">
-        <v>81</v>
+        <v>99.75</v>
       </c>
       <c r="F180" s="2">
-        <v>82</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B181" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C181" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D181" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E181" s="2">
-        <v>81.84</v>
+        <v>96</v>
       </c>
       <c r="F181" s="2">
-        <v>81.89</v>
+        <v>102</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B182" t="s">
         <v>117</v>
       </c>
       <c r="C182" t="s">
         <v>118</v>
       </c>
       <c r="D182" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E182" s="2">
-        <v>87.075</v>
+        <v>82</v>
       </c>
       <c r="F182" s="2">
-        <v>89.075</v>
+        <v>83</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B183" t="s">
         <v>117</v>
       </c>
       <c r="C183" t="s">
         <v>118</v>
       </c>
       <c r="D183" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E183" s="2">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F183" s="2">
-        <v>85</v>
+        <v>84.1792</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B184" t="s">
         <v>117</v>
       </c>
       <c r="C184" t="s">
         <v>118</v>
       </c>
       <c r="D184" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E184" s="2">
-        <v>81.37</v>
+        <v>91.325</v>
       </c>
       <c r="F184" s="2">
-        <v>82.35</v>
+        <v>93.325</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B185" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C185" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D185" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E185" s="2">
-        <v>86.5</v>
+        <v>78</v>
       </c>
       <c r="F185" s="2">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B186" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C186" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D186" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E186" s="2">
-        <v>86.42</v>
+        <v>87.68</v>
       </c>
       <c r="F186" s="2">
-        <v>86.69</v>
+        <v>88.62</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B187" t="s">
         <v>119</v>
       </c>
       <c r="C187" t="s">
         <v>120</v>
       </c>
       <c r="D187" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E187" s="2">
-        <v>91.775</v>
+        <v>99.5</v>
       </c>
       <c r="F187" s="2">
-        <v>93.775</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B188" t="s">
         <v>119</v>
       </c>
       <c r="C188" t="s">
         <v>120</v>
       </c>
       <c r="D188" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E188" s="2">
-        <v>85</v>
+        <v>99.75</v>
       </c>
       <c r="F188" s="2">
-        <v>90</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B189" t="s">
         <v>119</v>
       </c>
       <c r="C189" t="s">
         <v>120</v>
       </c>
       <c r="D189" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="E189" s="2">
-        <v>85.81</v>
+        <v>95</v>
       </c>
       <c r="F189" s="2">
-        <v>86.79</v>
+        <v>105</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B190" t="s">
         <v>121</v>
       </c>
       <c r="C190" t="s">
         <v>122</v>
       </c>
       <c r="D190" t="s">
         <v>9</v>
       </c>
       <c r="E190" s="2">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="F190" s="2">
-        <v>103</v>
+        <v>89</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B191" t="s">
         <v>121</v>
       </c>
       <c r="C191" t="s">
         <v>122</v>
       </c>
       <c r="D191" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E191" s="2">
-        <v>98.5</v>
+        <v>88.02</v>
       </c>
       <c r="F191" s="2">
-        <v>100.5</v>
+        <v>88.85</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B192" t="s">
         <v>121</v>
       </c>
       <c r="C192" t="s">
         <v>122</v>
       </c>
       <c r="D192" t="s">
         <v>12</v>
       </c>
       <c r="E192" s="2">
-        <v>97.52</v>
+        <v>90.675</v>
       </c>
       <c r="F192" s="2">
-        <v>98.52</v>
+        <v>92.675</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B193" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C193" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D193" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E193" s="2">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="F193" s="2">
-        <v>101</v>
+        <v>89</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B194" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C194" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D194" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E194" s="2">
-        <v>99.75</v>
+        <v>86.8</v>
       </c>
       <c r="F194" s="2">
-        <v>100.25</v>
+        <v>87.82</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B195" t="s">
         <v>123</v>
       </c>
       <c r="C195" t="s">
         <v>124</v>
       </c>
       <c r="D195" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="E195" s="2">
         <v>96</v>
       </c>
       <c r="F195" s="2">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B196" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C196" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D196" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E196" s="2">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="F196" s="2">
-        <v>83</v>
+        <v>76</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B197" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C197" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D197" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E197" s="2">
-        <v>80</v>
+        <v>87.125</v>
       </c>
       <c r="F197" s="2">
-        <v>84.1792</v>
+        <v>89.125</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B198" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C198" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D198" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E198" s="2">
-        <v>91.325</v>
+        <v>75</v>
       </c>
       <c r="F198" s="2">
-        <v>93.325</v>
+        <v>80</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B199" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C199" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D199" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E199" s="2">
-        <v>78</v>
+        <v>80.55</v>
       </c>
       <c r="F199" s="2">
-        <v>85</v>
+        <v>81.69</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B200" t="s">
         <v>125</v>
       </c>
       <c r="C200" t="s">
         <v>126</v>
       </c>
       <c r="D200" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E200" s="2">
-        <v>86.86</v>
+        <v>80.5</v>
       </c>
       <c r="F200" s="2">
-        <v>87.76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B201" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C201" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E201" s="2">
-        <v>99.5</v>
+        <v>80.88</v>
       </c>
       <c r="F201" s="2">
-        <v>100.5</v>
+        <v>80.93</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B202" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C202" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D202" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="2">
-        <v>99.75</v>
+        <v>84.925</v>
       </c>
       <c r="F202" s="2">
-        <v>100.25</v>
+        <v>86.925</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B203" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C203" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D203" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="E203" s="2">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="F203" s="2">
-        <v>105</v>
+        <v>82</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B204" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C204" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D204" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E204" s="2">
-        <v>88</v>
+        <v>79.89</v>
       </c>
       <c r="F204" s="2">
-        <v>89</v>
+        <v>81.01</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B205" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C205" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D205" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E205" s="2">
-        <v>88.47</v>
+        <v>99</v>
       </c>
       <c r="F205" s="2">
-        <v>89.32</v>
+        <v>100</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B206" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C206" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D206" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E206" s="2">
-        <v>90.675</v>
+        <v>96.5</v>
       </c>
       <c r="F206" s="2">
-        <v>92.675</v>
+        <v>99.75</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B207" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C207" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D207" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E207" s="2">
-        <v>85</v>
+        <v>98.27</v>
       </c>
       <c r="F207" s="2">
-        <v>88</v>
+        <v>99.194</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B208" t="s">
         <v>129</v>
       </c>
       <c r="C208" t="s">
         <v>130</v>
       </c>
       <c r="D208" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E208" s="2">
-        <v>84.86</v>
+        <v>99.25</v>
       </c>
       <c r="F208" s="2">
-        <v>85.85</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B209" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C209" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D209" t="s">
         <v>12</v>
       </c>
       <c r="E209" s="2">
-        <v>87.125</v>
+        <v>100</v>
       </c>
       <c r="F209" s="2">
-        <v>89.125</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B210" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C210" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D210" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="E210" s="2">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="F210" s="2">
-        <v>80</v>
+        <v>102</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B211" t="s">
         <v>131</v>
       </c>
       <c r="C211" t="s">
         <v>132</v>
       </c>
       <c r="D211" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E211" s="2">
-        <v>79.06</v>
+        <v>81</v>
       </c>
       <c r="F211" s="2">
-        <v>80.13</v>
+        <v>81.5</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B212" t="s">
         <v>131</v>
       </c>
       <c r="C212" t="s">
         <v>132</v>
       </c>
       <c r="D212" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E212" s="2">
-        <v>75</v>
+        <v>81.36</v>
       </c>
       <c r="F212" s="2">
-        <v>76</v>
+        <v>81.41</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B213" t="s">
         <v>131</v>
       </c>
       <c r="C213" t="s">
         <v>132</v>
       </c>
       <c r="D213" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E213" s="2">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="F213" s="2">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B214" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C214" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D214" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E214" s="2">
-        <v>99</v>
+        <v>80.98</v>
       </c>
       <c r="F214" s="2">
-        <v>101</v>
+        <v>81.8</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B215" t="s">
         <v>133</v>
       </c>
       <c r="C215" t="s">
         <v>134</v>
       </c>
       <c r="D215" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E215" s="2">
-        <v>99.75</v>
+        <v>74.211</v>
       </c>
       <c r="F215" s="2">
-        <v>100.25</v>
+        <v>75.211</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B216" t="s">
         <v>133</v>
       </c>
       <c r="C216" t="s">
         <v>134</v>
       </c>
       <c r="D216" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E216" s="2">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="F216" s="2">
-        <v>101</v>
+        <v>78.9206</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B217" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C217" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D217" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E217" s="2">
-        <v>79</v>
+        <v>84.575</v>
       </c>
       <c r="F217" s="2">
-        <v>80</v>
+        <v>86.575</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B218" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C218" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D218" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E218" s="2">
-        <v>79.02</v>
+        <v>72</v>
       </c>
       <c r="F218" s="2">
-        <v>79.07</v>
+        <v>78</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B219" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C219" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D219" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E219" s="2">
-        <v>84.925</v>
+        <v>82.13</v>
       </c>
       <c r="F219" s="2">
-        <v>86.925</v>
+        <v>82.86</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B220" t="s">
         <v>135</v>
       </c>
       <c r="C220" t="s">
         <v>136</v>
       </c>
       <c r="D220" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E220" s="2">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="F220" s="2">
-        <v>82</v>
+        <v>101</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B221" t="s">
         <v>135</v>
       </c>
       <c r="C221" t="s">
         <v>136</v>
       </c>
       <c r="D221" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E221" s="2">
-        <v>78.51</v>
+        <v>99.75</v>
       </c>
       <c r="F221" s="2">
-        <v>79.57</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B222" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C222" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D222" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="E222" s="2">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="F222" s="2">
-        <v>92</v>
+        <v>82</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B223" t="s">
         <v>137</v>
       </c>
       <c r="C223" t="s">
         <v>138</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" s="2">
-        <v>96.5</v>
+        <v>99</v>
       </c>
       <c r="F223" s="2">
-        <v>99.75</v>
+        <v>101</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B224" t="s">
         <v>137</v>
       </c>
       <c r="C224" t="s">
         <v>138</v>
       </c>
       <c r="D224" t="s">
         <v>12</v>
       </c>
       <c r="E224" s="2">
-        <v>98.27</v>
+        <v>99.75</v>
       </c>
       <c r="F224" s="2">
-        <v>99.194</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B225" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C225" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D225" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E225" s="2">
-        <v>99.25</v>
+        <v>72</v>
       </c>
       <c r="F225" s="2">
-        <v>100.5</v>
+        <v>82</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B226" t="s">
         <v>139</v>
       </c>
       <c r="C226" t="s">
         <v>140</v>
       </c>
       <c r="D226" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E226" s="2">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="F226" s="2">
-        <v>100.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B227" t="s">
         <v>139</v>
       </c>
       <c r="C227" t="s">
         <v>140</v>
       </c>
       <c r="D227" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E227" s="2">
-        <v>98</v>
+        <v>77.51</v>
       </c>
       <c r="F227" s="2">
-        <v>102</v>
+        <v>77.56</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B228" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C228" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D228" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E228" s="2">
-        <v>80</v>
+        <v>81.325</v>
       </c>
       <c r="F228" s="2">
-        <v>81</v>
+        <v>83.325</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B229" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C229" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D229" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E229" s="2">
-        <v>79.96</v>
+        <v>78</v>
       </c>
       <c r="F229" s="2">
-        <v>80.01</v>
+        <v>80</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B230" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C230" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D230" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E230" s="2">
-        <v>80</v>
+        <v>76.95</v>
       </c>
       <c r="F230" s="2">
-        <v>83</v>
+        <v>78.12</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B231" t="s">
         <v>141</v>
       </c>
       <c r="C231" t="s">
         <v>142</v>
       </c>
       <c r="D231" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E231" s="2">
-        <v>79.57</v>
+        <v>89</v>
       </c>
       <c r="F231" s="2">
-        <v>80.39</v>
+        <v>92</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B232" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C232" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D232" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E232" s="2">
-        <v>74.211</v>
+        <v>70</v>
       </c>
       <c r="F232" s="2">
-        <v>75.211</v>
+        <v>80</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B233" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C233" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D233" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E233" s="2">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="F233" s="2">
-        <v>78.9206</v>
+        <v>94</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B234" t="s">
         <v>143</v>
       </c>
       <c r="C234" t="s">
         <v>144</v>
       </c>
       <c r="D234" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E234" s="2">
-        <v>84.575</v>
+        <v>72.5</v>
       </c>
       <c r="F234" s="2">
-        <v>86.575</v>
+        <v>76.5</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B235" t="s">
         <v>143</v>
       </c>
       <c r="C235" t="s">
         <v>144</v>
       </c>
       <c r="D235" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E235" s="2">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="F235" s="2">
-        <v>78</v>
+        <v>70</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B236" t="s">
         <v>143</v>
       </c>
       <c r="C236" t="s">
         <v>144</v>
       </c>
       <c r="D236" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E236" s="2">
-        <v>80.47</v>
+        <v>72</v>
       </c>
       <c r="F236" s="2">
-        <v>81.38</v>
+        <v>80</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B237" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C237" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D237" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E237" s="2">
-        <v>99</v>
+        <v>56.5</v>
       </c>
       <c r="F237" s="2">
-        <v>101</v>
+        <v>76.5</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B238" t="s">
         <v>145</v>
       </c>
       <c r="C238" t="s">
         <v>146</v>
       </c>
       <c r="D238" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E238" s="2">
-        <v>99.75</v>
+        <v>78</v>
       </c>
       <c r="F238" s="2">
-        <v>100.25</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B239" t="s">
         <v>145</v>
       </c>
       <c r="C239" t="s">
         <v>146</v>
       </c>
       <c r="D239" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E239" s="2">
-        <v>72</v>
+        <v>78.09</v>
       </c>
       <c r="F239" s="2">
-        <v>82</v>
+        <v>78.14</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B240" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C240" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="D240" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E240" s="2">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="F240" s="2">
-        <v>101</v>
+        <v>80</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B241" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C241" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="D241" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E241" s="2">
-        <v>99.75</v>
+        <v>77.52</v>
       </c>
       <c r="F241" s="2">
-        <v>100.25</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B242" t="s">
         <v>147</v>
       </c>
       <c r="C242" t="s">
         <v>148</v>
       </c>
       <c r="D242" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E242" s="2">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="F242" s="2">
-        <v>82</v>
+        <v>102.3</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B243" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C243" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D243" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E243" s="2">
-        <v>76</v>
+        <v>99.5</v>
       </c>
       <c r="F243" s="2">
-        <v>77</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B244" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C244" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D244" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E244" s="2">
-        <v>76.33</v>
+        <v>99.9</v>
       </c>
       <c r="F244" s="2">
-        <v>76.38</v>
+        <v>100.1</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B245" t="s">
         <v>149</v>
       </c>
       <c r="C245" t="s">
         <v>150</v>
       </c>
       <c r="D245" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E245" s="2">
-        <v>81.325</v>
+        <v>100</v>
       </c>
       <c r="F245" s="2">
-        <v>83.325</v>
+        <v>102.3</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B246" t="s">
         <v>149</v>
       </c>
       <c r="C246" t="s">
         <v>150</v>
       </c>
       <c r="D246" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E246" s="2">
-        <v>78</v>
+        <v>99.25</v>
       </c>
       <c r="F246" s="2">
-        <v>80</v>
+        <v>101.25</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B247" t="s">
         <v>149</v>
       </c>
       <c r="C247" t="s">
         <v>150</v>
       </c>
       <c r="D247" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E247" s="2">
-        <v>75.8</v>
+        <v>99.9</v>
       </c>
       <c r="F247" s="2">
-        <v>76.91</v>
+        <v>100.1</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B248" t="s">
         <v>151</v>
       </c>
       <c r="C248" t="s">
         <v>152</v>
       </c>
       <c r="D248" t="s">
         <v>9</v>
       </c>
       <c r="E248" s="2">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="F248" s="2">
-        <v>92</v>
+        <v>82</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B249" t="s">
         <v>151</v>
       </c>
       <c r="C249" t="s">
         <v>152</v>
       </c>
       <c r="D249" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E249" s="2">
-        <v>70</v>
+        <v>81.58</v>
       </c>
       <c r="F249" s="2">
-        <v>80</v>
+        <v>81.63</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B250" t="s">
         <v>151</v>
       </c>
       <c r="C250" t="s">
         <v>152</v>
       </c>
       <c r="D250" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E250" s="2">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="F250" s="2">
-        <v>93</v>
+        <v>82</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B251" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C251" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="D251" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E251" s="2">
-        <v>72.5</v>
+        <v>81.1</v>
       </c>
       <c r="F251" s="2">
-        <v>76.5</v>
+        <v>82.11</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B252" t="s">
         <v>153</v>
       </c>
       <c r="C252" t="s">
         <v>154</v>
       </c>
       <c r="D252" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E252" s="2">
-        <v>60</v>
+        <v>67.599</v>
       </c>
       <c r="F252" s="2">
-        <v>70</v>
+        <v>68.599</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B253" t="s">
         <v>153</v>
       </c>
       <c r="C253" t="s">
         <v>154</v>
       </c>
       <c r="D253" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E253" s="2">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="F253" s="2">
-        <v>80</v>
+        <v>73.8771</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B254" t="s">
         <v>153</v>
       </c>
       <c r="C254" t="s">
         <v>154</v>
       </c>
       <c r="D254" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E254" s="2">
-        <v>64.5</v>
+        <v>81.425</v>
       </c>
       <c r="F254" s="2">
-        <v>84.5</v>
+        <v>83.425</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B255" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C255" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D255" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E255" s="2">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="F255" s="2">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B256" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C256" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D256" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E256" s="2">
-        <v>76.77</v>
+        <v>76.08</v>
       </c>
       <c r="F256" s="2">
-        <v>76.82</v>
+        <v>77.44</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B257" t="s">
         <v>155</v>
       </c>
       <c r="C257" t="s">
         <v>156</v>
       </c>
       <c r="D257" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E257" s="2">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="F257" s="2">
-        <v>80</v>
+        <v>101</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B258" t="s">
         <v>155</v>
       </c>
       <c r="C258" t="s">
         <v>156</v>
       </c>
       <c r="D258" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E258" s="2">
-        <v>76.22</v>
+        <v>99.75</v>
       </c>
       <c r="F258" s="2">
-        <v>77.36</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B259" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C259" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D259" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E259" s="2">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="F259" s="2">
-        <v>101.7</v>
+        <v>101</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B260" t="s">
         <v>157</v>
       </c>
       <c r="C260" t="s">
         <v>158</v>
       </c>
       <c r="D260" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E260" s="2">
-        <v>99.5</v>
+        <v>77.5</v>
       </c>
       <c r="F260" s="2">
-        <v>101.5</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B261" t="s">
         <v>157</v>
       </c>
       <c r="C261" t="s">
         <v>158</v>
       </c>
       <c r="D261" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E261" s="2">
-        <v>99.9</v>
+        <v>77.97</v>
       </c>
       <c r="F261" s="2">
-        <v>100.1</v>
+        <v>78.02</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B262" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C262" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D262" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E262" s="2">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="F262" s="2">
-        <v>101.7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B263" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C263" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D263" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E263" s="2">
-        <v>99.25</v>
+        <v>77.39</v>
       </c>
       <c r="F263" s="2">
-        <v>101.25</v>
+        <v>78.6</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B264" t="s">
         <v>159</v>
       </c>
       <c r="C264" t="s">
         <v>160</v>
       </c>
       <c r="D264" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E264" s="2">
-        <v>99.9</v>
+        <v>83</v>
       </c>
       <c r="F264" s="2">
-        <v>100.1</v>
+        <v>84</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B265" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C265" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D265" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E265" s="2">
-        <v>79</v>
+        <v>83.75</v>
       </c>
       <c r="F265" s="2">
-        <v>80</v>
+        <v>83.76</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B266" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C266" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D266" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E266" s="2">
-        <v>78.76</v>
+        <v>82</v>
       </c>
       <c r="F266" s="2">
-        <v>79.13</v>
+        <v>85</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B267" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C267" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D267" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E267" s="2">
-        <v>80</v>
+        <v>83.56</v>
       </c>
       <c r="F267" s="2">
-        <v>82</v>
+        <v>84.56</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B268" t="s">
         <v>161</v>
       </c>
       <c r="C268" t="s">
         <v>162</v>
       </c>
       <c r="D268" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E268" s="2">
-        <v>78.6</v>
+        <v>81</v>
       </c>
       <c r="F268" s="2">
-        <v>79.61</v>
+        <v>82</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B269" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C269" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D269" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E269" s="2">
-        <v>67.599</v>
+        <v>81.96</v>
       </c>
       <c r="F269" s="2">
-        <v>68.599</v>
+        <v>82.01</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B270" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C270" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D270" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E270" s="2">
-        <v>67</v>
+        <v>86.925</v>
       </c>
       <c r="F270" s="2">
-        <v>73.8771</v>
+        <v>88.925</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B271" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C271" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D271" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E271" s="2">
-        <v>81.425</v>
+        <v>81</v>
       </c>
       <c r="F271" s="2">
-        <v>83.425</v>
+        <v>85</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B272" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C272" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D272" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E272" s="2">
-        <v>65</v>
+        <v>81.36</v>
       </c>
       <c r="F272" s="2">
-        <v>73</v>
+        <v>82.62</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B273" t="s">
         <v>163</v>
       </c>
       <c r="C273" t="s">
         <v>164</v>
       </c>
       <c r="D273" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E273" s="2">
-        <v>74.66</v>
+        <v>80</v>
       </c>
       <c r="F273" s="2">
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B274" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C274" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D274" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E274" s="2">
-        <v>99</v>
+        <v>80.81</v>
       </c>
       <c r="F274" s="2">
-        <v>101</v>
+        <v>80.86</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B275" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C275" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D275" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E275" s="2">
-        <v>99.75</v>
+        <v>80</v>
       </c>
       <c r="F275" s="2">
-        <v>100.25</v>
+        <v>82</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B276" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C276" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D276" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="E276" s="2">
-        <v>91</v>
+        <v>80.24</v>
       </c>
       <c r="F276" s="2">
-        <v>101</v>
+        <v>81.42</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B277" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C277" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D277" t="s">
         <v>9</v>
       </c>
       <c r="E277" s="2">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="F277" s="2">
-        <v>77</v>
+        <v>85</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B278" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C278" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D278" t="s">
         <v>15</v>
       </c>
       <c r="E278" s="2">
-        <v>76.77</v>
+        <v>84.49</v>
       </c>
       <c r="F278" s="2">
-        <v>76.82</v>
+        <v>84.54</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B279" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C279" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D279" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E279" s="2">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F279" s="2">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B280" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C280" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D280" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E280" s="2">
-        <v>76.21</v>
+        <v>84.08</v>
       </c>
       <c r="F280" s="2">
-        <v>77.38</v>
+        <v>84.95</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B281" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C281" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D281" t="s">
         <v>9</v>
       </c>
       <c r="E281" s="2">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F281" s="2">
-        <v>83</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B282" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C282" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D282" t="s">
         <v>15</v>
       </c>
       <c r="E282" s="2">
-        <v>82.17</v>
+        <v>79.31</v>
       </c>
       <c r="F282" s="2">
-        <v>82.46</v>
+        <v>79.36</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B283" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C283" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D283" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E283" s="2">
-        <v>82</v>
+        <v>84.975</v>
       </c>
       <c r="F283" s="2">
-        <v>85</v>
+        <v>86.975</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B284" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C284" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D284" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="E284" s="2">
-        <v>81.38</v>
+        <v>85</v>
       </c>
       <c r="F284" s="2">
-        <v>82.39</v>
+        <v>95</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B285" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C285" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D285" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E285" s="2">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F285" s="2">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B286" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C286" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D286" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E286" s="2">
-        <v>81.33</v>
+        <v>78.69</v>
       </c>
       <c r="F286" s="2">
-        <v>81.38</v>
+        <v>79.97</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B287" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C287" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="D287" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E287" s="2">
-        <v>86.925</v>
+        <v>99.5</v>
       </c>
       <c r="F287" s="2">
-        <v>88.925</v>
+        <v>99.9842</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B288" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C288" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="D288" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E288" s="2">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="F288" s="2">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B289" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C289" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="D289" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E289" s="2">
-        <v>80.73</v>
+        <v>95</v>
       </c>
       <c r="F289" s="2">
-        <v>81.96</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B290" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C290" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D290" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="2">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F290" s="2">
-        <v>79</v>
+        <v>83.5</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B291" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C291" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D291" t="s">
         <v>15</v>
       </c>
       <c r="E291" s="2">
-        <v>78.51</v>
+        <v>83.25</v>
       </c>
       <c r="F291" s="2">
-        <v>78.56</v>
+        <v>83.3</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B292" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C292" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D292" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E292" s="2">
         <v>80</v>
       </c>
       <c r="F292" s="2">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B293" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C293" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D293" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E293" s="2">
-        <v>77.94</v>
+        <v>82.82</v>
       </c>
       <c r="F293" s="2">
-        <v>79.12</v>
+        <v>83.71</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B294" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C294" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D294" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="2">
-        <v>82</v>
+        <v>71.186</v>
       </c>
       <c r="F294" s="2">
-        <v>83</v>
+        <v>72.186</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B295" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C295" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D295" t="s">
         <v>15</v>
       </c>
       <c r="E295" s="2">
-        <v>82.11</v>
+        <v>72</v>
       </c>
       <c r="F295" s="2">
-        <v>82.16</v>
+        <v>77.957</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B296" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C296" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D296" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E296" s="2">
-        <v>82</v>
+        <v>84.525</v>
       </c>
       <c r="F296" s="2">
-        <v>85</v>
+        <v>86.525</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B297" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C297" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D297" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E297" s="2">
-        <v>81.7</v>
+        <v>71</v>
       </c>
       <c r="F297" s="2">
-        <v>82.57</v>
+        <v>76</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B298" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C298" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D298" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E298" s="2">
-        <v>77.5</v>
+        <v>80.37</v>
       </c>
       <c r="F298" s="2">
-        <v>78.5</v>
+        <v>81.35</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B299" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C299" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D299" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E299" s="2">
-        <v>77.9</v>
+        <v>81</v>
       </c>
       <c r="F299" s="2">
-        <v>77.95</v>
+        <v>81.5</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B300" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C300" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D300" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E300" s="2">
-        <v>84.975</v>
+        <v>81.19</v>
       </c>
       <c r="F300" s="2">
-        <v>86.975</v>
+        <v>81.24</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B301" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C301" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D301" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="E301" s="2">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="F301" s="2">
-        <v>95</v>
+        <v>82</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B302" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C302" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D302" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E302" s="2">
-        <v>80</v>
+        <v>80.75</v>
       </c>
       <c r="F302" s="2">
-        <v>83</v>
+        <v>81.69</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B303" t="s">
         <v>177</v>
       </c>
       <c r="C303" t="s">
         <v>178</v>
       </c>
       <c r="D303" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E303" s="2">
-        <v>77.31</v>
+        <v>77</v>
       </c>
       <c r="F303" s="2">
-        <v>78.54</v>
+        <v>78</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B304" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C304" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D304" t="s">
         <v>15</v>
       </c>
       <c r="E304" s="2">
-        <v>99.5</v>
+        <v>77.53</v>
       </c>
       <c r="F304" s="2">
-        <v>99.9842</v>
+        <v>77.58</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B305" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C305" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D305" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E305" s="2">
-        <v>98</v>
+        <v>77</v>
       </c>
       <c r="F305" s="2">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B306" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C306" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D306" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E306" s="2">
-        <v>95</v>
+        <v>77.04</v>
       </c>
       <c r="F306" s="2">
-        <v>98.5</v>
+        <v>78.05</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B307" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C307" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D307" t="s">
         <v>9</v>
       </c>
       <c r="E307" s="2">
-        <v>81</v>
+        <v>97.742</v>
       </c>
       <c r="F307" s="2">
-        <v>82</v>
+        <v>98.742</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B308" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C308" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D308" t="s">
         <v>15</v>
       </c>
       <c r="E308" s="2">
-        <v>81.64</v>
+        <v>98.03</v>
       </c>
       <c r="F308" s="2">
-        <v>81.69</v>
+        <v>98.08</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B309" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C309" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D309" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E309" s="2">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="F309" s="2">
-        <v>85</v>
+        <v>99</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B310" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C310" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D310" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E310" s="2">
-        <v>81.23</v>
+        <v>97.8</v>
       </c>
       <c r="F310" s="2">
-        <v>82.11</v>
+        <v>98.31</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B311" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C311" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D311" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="2">
-        <v>71.186</v>
+        <v>81</v>
       </c>
       <c r="F311" s="2">
-        <v>72.186</v>
+        <v>82</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B312" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C312" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D312" t="s">
         <v>15</v>
       </c>
       <c r="E312" s="2">
-        <v>72</v>
+        <v>81.22</v>
       </c>
       <c r="F312" s="2">
-        <v>77.957</v>
+        <v>81.27</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B313" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C313" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D313" t="s">
         <v>12</v>
       </c>
       <c r="E313" s="2">
-        <v>84.525</v>
+        <v>85.275</v>
       </c>
       <c r="F313" s="2">
-        <v>86.525</v>
+        <v>87.275</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B314" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C314" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D314" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E314" s="2">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="F314" s="2">
-        <v>76</v>
+        <v>84</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B315" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C315" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D315" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E315" s="2">
-        <v>78.78</v>
+        <v>80.71</v>
       </c>
       <c r="F315" s="2">
-        <v>79.74</v>
+        <v>81.77</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B316" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C316" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D316" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F316" s="2">
-        <v>80</v>
+        <v>81.5</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B317" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C317" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D317" t="s">
         <v>15</v>
       </c>
       <c r="E317" s="2">
-        <v>79.69</v>
+        <v>81.07</v>
       </c>
       <c r="F317" s="2">
-        <v>79.74</v>
+        <v>81.12</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B318" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C318" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D318" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E318" s="2">
         <v>80</v>
       </c>
       <c r="F318" s="2">
         <v>82</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B319" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C319" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D319" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E319" s="2">
-        <v>79.25</v>
+        <v>80.6</v>
       </c>
       <c r="F319" s="2">
-        <v>80.17</v>
+        <v>81.58</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B320" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C320" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D320" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="2">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="F320" s="2">
-        <v>76</v>
+        <v>85</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B321" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C321" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D321" t="s">
         <v>15</v>
       </c>
       <c r="E321" s="2">
-        <v>75.89</v>
+        <v>84.11</v>
       </c>
       <c r="F321" s="2">
-        <v>75.93</v>
+        <v>84.87</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B322" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C322" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D322" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E322" s="2">
-        <v>77</v>
+        <v>88.025</v>
       </c>
       <c r="F322" s="2">
-        <v>80</v>
+        <v>90.025</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B323" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C323" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D323" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E323" s="2">
-        <v>75.41</v>
+        <v>83</v>
       </c>
       <c r="F323" s="2">
-        <v>76.41</v>
+        <v>85</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B324" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C324" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D324" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E324" s="2">
-        <v>97.742</v>
+        <v>82.46</v>
       </c>
       <c r="F324" s="2">
-        <v>98.742</v>
+        <v>83.4</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B325" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C325" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D325" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E325" s="2">
-        <v>98.03</v>
+        <v>77</v>
       </c>
       <c r="F325" s="2">
-        <v>98.08</v>
+        <v>78</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B326" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C326" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D326" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E326" s="2">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="F326" s="2">
-        <v>99</v>
+        <v>79.5009</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B327" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C327" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D327" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E327" s="2">
-        <v>97.8</v>
+        <v>86.325</v>
       </c>
       <c r="F327" s="2">
-        <v>98.3</v>
+        <v>88.325</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B328" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C328" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D328" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E328" s="2">
+        <v>74</v>
+      </c>
+      <c r="F328" s="2">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B329" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C329" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D329" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E329" s="2">
-        <v>80.22</v>
+        <v>82.25</v>
       </c>
       <c r="F329" s="2">
-        <v>80.27</v>
+        <v>83.2</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B330" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C330" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D330" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E330" s="2">
-        <v>85.275</v>
+        <v>103</v>
       </c>
       <c r="F330" s="2">
-        <v>87.275</v>
+        <v>105</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B331" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C331" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D331" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E331" s="2">
-        <v>81</v>
+        <v>99.5</v>
       </c>
       <c r="F331" s="2">
-        <v>84</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B332" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C332" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D332" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="E332" s="2">
-        <v>79.71</v>
+        <v>95</v>
       </c>
       <c r="F332" s="2">
-        <v>80.77</v>
+        <v>105</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B333" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C333" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D333" t="s">
         <v>9</v>
       </c>
       <c r="E333" s="2">
-        <v>79</v>
+        <v>96.852</v>
       </c>
       <c r="F333" s="2">
-        <v>80</v>
+        <v>97.852</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B334" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C334" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D334" t="s">
         <v>15</v>
       </c>
       <c r="E334" s="2">
-        <v>79.3</v>
+        <v>97.17</v>
       </c>
       <c r="F334" s="2">
-        <v>79.35</v>
+        <v>97.2</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B335" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C335" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D335" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E335" s="2">
-        <v>80</v>
+        <v>97.45</v>
       </c>
       <c r="F335" s="2">
-        <v>82</v>
+        <v>99.45</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B336" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C336" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D336" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E336" s="2">
-        <v>78.83</v>
+        <v>97</v>
       </c>
       <c r="F336" s="2">
-        <v>79.81</v>
+        <v>98</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B337" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C337" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="D337" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E337" s="2">
-        <v>83</v>
+        <v>96.89</v>
       </c>
       <c r="F337" s="2">
-        <v>84</v>
+        <v>97.46</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B338" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C338" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D338" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E338" s="2">
-        <v>83.41</v>
+        <v>100</v>
       </c>
       <c r="F338" s="2">
-        <v>84.22</v>
+        <v>101</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B339" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C339" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D339" t="s">
         <v>12</v>
       </c>
       <c r="E339" s="2">
-        <v>88.025</v>
+        <v>99</v>
       </c>
       <c r="F339" s="2">
-        <v>90.025</v>
+        <v>101</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B340" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C340" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D340" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="E340" s="2">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="F340" s="2">
-        <v>84</v>
+        <v>105</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B341" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C341" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D341" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="E341" s="2">
-        <v>80.71</v>
+        <v>90.5</v>
       </c>
       <c r="F341" s="2">
-        <v>81.65</v>
+        <v>110.5</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B342" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C342" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D342" t="s">
         <v>9</v>
       </c>
       <c r="E342" s="2">
-        <v>77</v>
+        <v>97.607</v>
       </c>
       <c r="F342" s="2">
-        <v>78</v>
+        <v>98.607</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B343" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C343" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D343" t="s">
         <v>15</v>
       </c>
       <c r="E343" s="2">
-        <v>77</v>
+        <v>97.89</v>
       </c>
       <c r="F343" s="2">
-        <v>79.5009</v>
+        <v>97.94</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B344" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C344" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D344" t="s">
         <v>12</v>
       </c>
       <c r="E344" s="2">
-        <v>86.325</v>
+        <v>98.25</v>
       </c>
       <c r="F344" s="2">
-        <v>88.325</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B345" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C345" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D345" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E345" s="2">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="F345" s="2">
-        <v>80</v>
+        <v>99</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B346" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C346" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D346" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E346" s="2">
-        <v>80</v>
+        <v>97.63</v>
       </c>
       <c r="F346" s="2">
-        <v>80.97</v>
+        <v>98.19</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B347" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C347" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D347" t="s">
         <v>9</v>
       </c>
       <c r="E347" s="2">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="F347" s="2">
-        <v>105</v>
+        <v>84.5</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B348" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C348" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D348" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E348" s="2">
-        <v>99.5</v>
+        <v>84.07</v>
       </c>
       <c r="F348" s="2">
-        <v>100.5</v>
+        <v>84.18</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B349" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C349" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D349" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E349" s="2">
-        <v>95</v>
+        <v>88.125</v>
       </c>
       <c r="F349" s="2">
-        <v>105</v>
+        <v>90.125</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B350" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C350" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D350" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E350" s="2">
-        <v>96.852</v>
+        <v>84</v>
       </c>
       <c r="F350" s="2">
-        <v>97.852</v>
+        <v>86</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B351" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C351" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D351" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E351" s="2">
-        <v>97.14</v>
+        <v>83.87</v>
       </c>
       <c r="F351" s="2">
-        <v>97.19</v>
+        <v>84.94</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B352" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C352" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D352" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E352" s="2">
-        <v>97.45</v>
+        <v>94.6</v>
       </c>
       <c r="F352" s="2">
-        <v>99.45</v>
+        <v>95.71</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B353" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C353" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D353" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E353" s="2">
-        <v>97</v>
+        <v>99.65</v>
       </c>
       <c r="F353" s="2">
-        <v>98</v>
+        <v>100.15</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B354" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C354" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D354" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E354" s="2">
-        <v>96.89</v>
+        <v>99.75</v>
       </c>
       <c r="F354" s="2">
-        <v>97.45</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B355" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C355" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D355" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E355" s="2">
-        <v>102</v>
+        <v>99.377</v>
       </c>
       <c r="F355" s="2">
-        <v>103</v>
+        <v>99.9978</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B356" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C356" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D356" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E356" s="2">
-        <v>99</v>
+        <v>96.5</v>
       </c>
       <c r="F356" s="2">
-        <v>101</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B357" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C357" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D357" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="E357" s="2">
-        <v>95</v>
+        <v>91.5</v>
       </c>
       <c r="F357" s="2">
-        <v>105</v>
+        <v>96.5</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B358" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C358" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D358" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E358" s="2">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="F358" s="2">
-        <v>111</v>
+        <v>101</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B359" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C359" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D359" t="s">
         <v>9</v>
       </c>
       <c r="E359" s="2">
-        <v>97.607</v>
+        <v>77</v>
       </c>
       <c r="F359" s="2">
-        <v>98.607</v>
+        <v>82</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B360" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C360" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D360" t="s">
         <v>15</v>
       </c>
       <c r="E360" s="2">
-        <v>97.88</v>
+        <v>78.99</v>
       </c>
       <c r="F360" s="2">
-        <v>97.93</v>
+        <v>92.98</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B361" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C361" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D361" t="s">
         <v>12</v>
       </c>
       <c r="E361" s="2">
-        <v>98.25</v>
+        <v>87.325</v>
       </c>
       <c r="F361" s="2">
-        <v>100.25</v>
+        <v>89.325</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B362" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C362" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D362" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E362" s="2">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="F362" s="2">
-        <v>99</v>
+        <v>82</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B363" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C363" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D363" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E363" s="2">
-        <v>97.63</v>
+        <v>82.05</v>
       </c>
       <c r="F363" s="2">
-        <v>98.18</v>
+        <v>83.09</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B364" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C364" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D364" t="s">
         <v>9</v>
       </c>
       <c r="E364" s="2">
-        <v>80</v>
+        <v>97.346</v>
       </c>
       <c r="F364" s="2">
-        <v>81</v>
+        <v>98.346</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B365" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C365" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D365" t="s">
         <v>15</v>
       </c>
       <c r="E365" s="2">
-        <v>80.83</v>
+        <v>97.63</v>
       </c>
       <c r="F365" s="2">
-        <v>80.88</v>
+        <v>97.68</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B366" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C366" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D366" t="s">
         <v>12</v>
       </c>
       <c r="E366" s="2">
-        <v>88.125</v>
+        <v>98.1</v>
       </c>
       <c r="F366" s="2">
-        <v>90.125</v>
+        <v>100.1</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B367" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C367" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D367" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E367" s="2">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="F367" s="2">
-        <v>86</v>
+        <v>99</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B368" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C368" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D368" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E368" s="2">
-        <v>80.31</v>
+        <v>97.36</v>
       </c>
       <c r="F368" s="2">
-        <v>81.4</v>
+        <v>97.95</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B369" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C369" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D369" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E369" s="2">
-        <v>94.13</v>
+        <v>93</v>
       </c>
       <c r="F369" s="2">
-        <v>96.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B370" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C370" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D370" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E370" s="2">
-        <v>99.65</v>
+        <v>87</v>
       </c>
       <c r="F370" s="2">
-        <v>100.15</v>
+        <v>92</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B371" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C371" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D371" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E371" s="2">
-        <v>99.75</v>
+        <v>90</v>
       </c>
       <c r="F371" s="2">
-        <v>100.25</v>
+        <v>95</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B372" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C372" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D372" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E372" s="2">
-        <v>97.2222</v>
+        <v>90.25</v>
       </c>
       <c r="F372" s="2">
-        <v>97.4999</v>
+        <v>91.25</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B373" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C373" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D373" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="E373" s="2">
-        <v>96.5</v>
+        <v>90.1809</v>
       </c>
       <c r="F373" s="2">
-        <v>97.5</v>
+        <v>91.7731</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B374" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C374" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D374" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E374" s="2">
-        <v>91.5</v>
+        <v>75</v>
       </c>
       <c r="F374" s="2">
-        <v>96.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B375" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C375" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D375" t="s">
         <v>12</v>
       </c>
       <c r="E375" s="2">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="F375" s="2">
-        <v>101</v>
+        <v>92</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B376" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C376" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D376" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="E376" s="2">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="F376" s="2">
-        <v>82</v>
+        <v>95</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B377" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C377" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D377" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E377" s="2">
-        <v>74.05</v>
+        <v>82</v>
       </c>
       <c r="F377" s="2">
-        <v>85.98</v>
+        <v>84</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B378" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C378" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D378" t="s">
         <v>12</v>
       </c>
       <c r="E378" s="2">
-        <v>87.325</v>
+        <v>80</v>
       </c>
       <c r="F378" s="2">
-        <v>89.325</v>
+        <v>90</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B379" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C379" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D379" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="E379" s="2">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="F379" s="2">
-        <v>82</v>
+        <v>92</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B380" t="s">
         <v>213</v>
       </c>
       <c r="C380" t="s">
         <v>214</v>
       </c>
       <c r="D380" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E380" s="2">
-        <v>80.31</v>
+        <v>92.5</v>
       </c>
       <c r="F380" s="2">
-        <v>81.34</v>
+        <v>93.5</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B381" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C381" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D381" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E381" s="2">
-        <v>97.346</v>
+        <v>92.421</v>
       </c>
       <c r="F381" s="2">
-        <v>98.346</v>
+        <v>93.9987</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B382" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C382" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D382" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E382" s="2">
-        <v>97.48</v>
+        <v>80</v>
       </c>
       <c r="F382" s="2">
-        <v>97.86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B383" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C383" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D383" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E383" s="2">
-        <v>98.1</v>
+        <v>90</v>
       </c>
       <c r="F383" s="2">
-        <v>100.1</v>
+        <v>95</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B384" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C384" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D384" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E384" s="2">
-        <v>96</v>
+        <v>92.7</v>
       </c>
       <c r="F384" s="2">
-        <v>99</v>
+        <v>93.2</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B385" t="s">
         <v>215</v>
       </c>
       <c r="C385" t="s">
         <v>216</v>
       </c>
       <c r="D385" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E385" s="2">
-        <v>97.38</v>
+        <v>81</v>
       </c>
       <c r="F385" s="2">
-        <v>97.96</v>
+        <v>82</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B386" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C386" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D386" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E386" s="2">
-        <v>90</v>
+        <v>81.63</v>
       </c>
       <c r="F386" s="2">
-        <v>95</v>
+        <v>81.68</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B387" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C387" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D387" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E387" s="2">
-        <v>93</v>
+        <v>87.675</v>
       </c>
       <c r="F387" s="2">
-        <v>95</v>
+        <v>89.675</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B388" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C388" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D388" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E388" s="2">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="F388" s="2">
-        <v>92</v>
+        <v>85</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B389" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C389" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D389" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E389" s="2">
-        <v>88</v>
+        <v>81.11</v>
       </c>
       <c r="F389" s="2">
-        <v>89</v>
+        <v>82.19</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B390" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C390" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D390" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E390" s="2">
-        <v>88.5104</v>
+        <v>87</v>
       </c>
       <c r="F390" s="2">
-        <v>88.9907</v>
+        <v>88</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B391" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C391" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D391" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="E391" s="2">
-        <v>75</v>
+        <v>86.2517</v>
       </c>
       <c r="F391" s="2">
-        <v>80</v>
+        <v>87.4491</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B392" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C392" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D392" t="s">
         <v>12</v>
       </c>
       <c r="E392" s="2">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="F392" s="2">
-        <v>92</v>
+        <v>73</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B393" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C393" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D393" t="s">
         <v>34</v>
       </c>
       <c r="E393" s="2">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="F393" s="2">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B394" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C394" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D394" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E394" s="2">
-        <v>82</v>
+        <v>87.1999</v>
       </c>
       <c r="F394" s="2">
-        <v>84</v>
+        <v>87.3304</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B395" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C395" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D395" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E395" s="2">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="F395" s="2">
-        <v>90</v>
+        <v>78</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B396" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C396" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D396" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E396" s="2">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="F396" s="2">
-        <v>92</v>
+        <v>78.7427</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B397" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C397" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D397" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E397" s="2">
-        <v>91</v>
+        <v>87.925</v>
       </c>
       <c r="F397" s="2">
-        <v>92</v>
+        <v>89.925</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B398" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C398" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D398" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E398" s="2">
-        <v>91.6471</v>
+        <v>73</v>
       </c>
       <c r="F398" s="2">
-        <v>91.9982</v>
+        <v>77</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B399" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C399" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D399" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E399" s="2">
-        <v>80</v>
+        <v>81.39</v>
       </c>
       <c r="F399" s="2">
-        <v>90</v>
+        <v>82.43</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B400" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C400" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D400" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="E400" s="2">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F400" s="2">
-        <v>95</v>
+        <v>87.5</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B401" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C401" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D401" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E401" s="2">
-        <v>91.6362</v>
+        <v>87.26</v>
       </c>
       <c r="F401" s="2">
-        <v>92</v>
+        <v>87.3</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B402" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C402" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D402" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E402" s="2">
-        <v>79.5</v>
+        <v>93.125</v>
       </c>
       <c r="F402" s="2">
-        <v>80</v>
+        <v>95.125</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B403" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C403" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D403" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E403" s="2">
-        <v>79.7</v>
+        <v>85</v>
       </c>
       <c r="F403" s="2">
-        <v>79.75</v>
+        <v>88</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B404" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C404" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D404" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E404" s="2">
-        <v>87.675</v>
+        <v>86.85</v>
       </c>
       <c r="F404" s="2">
-        <v>89.675</v>
+        <v>87.71</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B405" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C405" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D405" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E405" s="2">
-        <v>80</v>
+        <v>96.914</v>
       </c>
       <c r="F405" s="2">
-        <v>85</v>
+        <v>97.914</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B406" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C406" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D406" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="E406" s="2">
-        <v>79.18</v>
+        <v>97.2</v>
       </c>
       <c r="F406" s="2">
-        <v>80.26</v>
+        <v>97.25</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B407" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C407" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D407" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E407" s="2">
-        <v>85</v>
+        <v>97.7</v>
       </c>
       <c r="F407" s="2">
-        <v>86</v>
+        <v>99.7</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B408" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C408" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D408" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E408" s="2">
-        <v>85.0365</v>
+        <v>96</v>
       </c>
       <c r="F408" s="2">
-        <v>85.2876</v>
+        <v>98</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B409" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C409" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D409" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E409" s="2">
-        <v>68</v>
+        <v>96.92</v>
       </c>
       <c r="F409" s="2">
-        <v>73</v>
+        <v>97.52</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B410" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C410" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D410" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="E410" s="2">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F410" s="2">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B411" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C411" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D411" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E411" s="2">
-        <v>84.9235</v>
+        <v>81.57</v>
       </c>
       <c r="F411" s="2">
-        <v>85.4964</v>
+        <v>81.62</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B412" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="C412" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D412" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E412" s="2">
-        <v>75</v>
+        <v>86.525</v>
       </c>
       <c r="F412" s="2">
-        <v>78</v>
+        <v>88.525</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B413" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="C413" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D413" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E413" s="2">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F413" s="2">
-        <v>78.7427</v>
+        <v>83</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B414" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="C414" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D414" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E414" s="2">
-        <v>87.925</v>
+        <v>81.08</v>
       </c>
       <c r="F414" s="2">
-        <v>89.925</v>
+        <v>82.11</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B415" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C415" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D415" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E415" s="2">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="F415" s="2">
-        <v>77</v>
+        <v>105</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B416" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C416" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D416" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E416" s="2">
-        <v>79.14</v>
+        <v>96</v>
       </c>
       <c r="F416" s="2">
-        <v>80.2</v>
+        <v>98</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B417" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="C417" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D417" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="E417" s="2">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="F417" s="2">
-        <v>86</v>
+        <v>100</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B418" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="C418" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D418" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E418" s="2">
-        <v>84.97</v>
+        <v>85</v>
       </c>
       <c r="F418" s="2">
-        <v>85.31</v>
+        <v>105</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B419" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C419" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D419" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E419" s="2">
-        <v>93.125</v>
+        <v>99.75</v>
       </c>
       <c r="F419" s="2">
-        <v>95.125</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B420" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C420" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D420" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E420" s="2">
-        <v>85</v>
+        <v>99.75</v>
       </c>
       <c r="F420" s="2">
-        <v>88</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B421" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C421" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D421" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="E421" s="2">
-        <v>85.09</v>
+        <v>92</v>
       </c>
       <c r="F421" s="2">
-        <v>85.96</v>
+        <v>102</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B422" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C422" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D422" t="s">
         <v>9</v>
       </c>
       <c r="E422" s="2">
-        <v>96.914</v>
+        <v>100.53</v>
       </c>
       <c r="F422" s="2">
-        <v>97.914</v>
+        <v>101.53</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B423" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C423" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D423" t="s">
         <v>15</v>
       </c>
       <c r="E423" s="2">
-        <v>97.19</v>
+        <v>100.81</v>
       </c>
       <c r="F423" s="2">
-        <v>97.24</v>
+        <v>100.86</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B424" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C424" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D424" t="s">
         <v>12</v>
       </c>
       <c r="E424" s="2">
-        <v>97.7</v>
+        <v>100.75</v>
       </c>
       <c r="F424" s="2">
-        <v>99.7</v>
+        <v>102.75</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B425" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C425" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D425" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E425" s="2">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F425" s="2">
-        <v>98</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B426" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C426" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D426" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E426" s="2">
-        <v>96.92</v>
+        <v>100.55</v>
       </c>
       <c r="F426" s="2">
-        <v>97.51</v>
+        <v>101.12</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B427" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C427" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D427" t="s">
         <v>9</v>
       </c>
       <c r="E427" s="2">
-        <v>79.5</v>
+        <v>85.5</v>
       </c>
       <c r="F427" s="2">
-        <v>80</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B428" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C428" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D428" t="s">
         <v>15</v>
       </c>
       <c r="E428" s="2">
-        <v>79.9</v>
+        <v>86.2</v>
       </c>
       <c r="F428" s="2">
-        <v>79.95</v>
+        <v>86.25</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B429" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C429" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D429" t="s">
         <v>12</v>
       </c>
       <c r="E429" s="2">
-        <v>86.525</v>
+        <v>91.275</v>
       </c>
       <c r="F429" s="2">
-        <v>88.525</v>
+        <v>93.275</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B430" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C430" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D430" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E430" s="2">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F430" s="2">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B431" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C431" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D431" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E431" s="2">
-        <v>79.4</v>
+        <v>85.75</v>
       </c>
       <c r="F431" s="2">
-        <v>80.43</v>
+        <v>86.7</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B432" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C432" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D432" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E432" s="2">
-        <v>99.95</v>
+        <v>75</v>
       </c>
       <c r="F432" s="2">
-        <v>100.5</v>
+        <v>85</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B433" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C433" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D433" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E433" s="2">
-        <v>85</v>
+        <v>83.8</v>
       </c>
       <c r="F433" s="2">
-        <v>105</v>
+        <v>93</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B434" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C434" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D434" t="s">
         <v>12</v>
       </c>
       <c r="E434" s="2">
-        <v>96</v>
+        <v>89.725</v>
       </c>
       <c r="F434" s="2">
-        <v>98</v>
+        <v>91.725</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B435" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C435" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D435" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="E435" s="2">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="F435" s="2">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B436" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C436" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D436" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="E436" s="2">
-        <v>89.5</v>
+        <v>83.38</v>
       </c>
       <c r="F436" s="2">
-        <v>109.5</v>
+        <v>84.1</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B437" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C437" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D437" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E437" s="2">
-        <v>99.75</v>
+        <v>97.616</v>
       </c>
       <c r="F437" s="2">
-        <v>100.25</v>
+        <v>98.616</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B438" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C438" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D438" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E438" s="2">
-        <v>99.75</v>
+        <v>97.89</v>
       </c>
       <c r="F438" s="2">
-        <v>100.25</v>
+        <v>97.94</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B439" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C439" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D439" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E439" s="2">
-        <v>92</v>
+        <v>98.4</v>
       </c>
       <c r="F439" s="2">
-        <v>102</v>
+        <v>100.4</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B440" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C440" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D440" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E440" s="2">
-        <v>100.53</v>
+        <v>97</v>
       </c>
       <c r="F440" s="2">
-        <v>101.53</v>
+        <v>99</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B441" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C441" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D441" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E441" s="2">
-        <v>100.81</v>
+        <v>97.61</v>
       </c>
       <c r="F441" s="2">
-        <v>100.85</v>
+        <v>98.21</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B442" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C442" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D442" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E442" s="2">
-        <v>100.75</v>
+        <v>82</v>
       </c>
       <c r="F442" s="2">
-        <v>102.75</v>
+        <v>83</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B443" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C443" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D443" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E443" s="2">
-        <v>100</v>
+        <v>82.61</v>
       </c>
       <c r="F443" s="2">
-        <v>101.5</v>
+        <v>82.66</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B444" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C444" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D444" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E444" s="2">
-        <v>100.55</v>
+        <v>87.025</v>
       </c>
       <c r="F444" s="2">
-        <v>101.11</v>
+        <v>89.025</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B445" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C445" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D445" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E445" s="2">
+        <v>80</v>
+      </c>
+      <c r="F445" s="2">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B446" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C446" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D446" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E446" s="2">
-        <v>84.65</v>
+        <v>82.15</v>
       </c>
       <c r="F446" s="2">
-        <v>84.7</v>
+        <v>83.12</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B447" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C447" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D447" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E447" s="2">
-        <v>91.275</v>
+        <v>83.5</v>
       </c>
       <c r="F447" s="2">
-        <v>93.275</v>
+        <v>84.5</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B448" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C448" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D448" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E448" s="2">
-        <v>85</v>
+        <v>84.22</v>
       </c>
       <c r="F448" s="2">
-        <v>88</v>
+        <v>84.27</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B449" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C449" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D449" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E449" s="2">
-        <v>84.2</v>
+        <v>89.475</v>
       </c>
       <c r="F449" s="2">
-        <v>85.13</v>
+        <v>91.475</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B450" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C450" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D450" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E450" s="2">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="F450" s="2">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B451" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C451" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D451" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E451" s="2">
-        <v>80.51</v>
+        <v>83.74</v>
       </c>
       <c r="F451" s="2">
-        <v>85.99</v>
+        <v>84.74</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B452" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C452" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D452" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E452" s="2">
-        <v>89.725</v>
+        <v>98.176</v>
       </c>
       <c r="F452" s="2">
-        <v>91.725</v>
+        <v>99.176</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B453" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C453" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D453" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E453" s="2">
-        <v>80</v>
+        <v>98.45</v>
       </c>
       <c r="F453" s="2">
-        <v>83</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B454" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C454" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D454" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E454" s="2">
-        <v>80.04</v>
+        <v>98.95</v>
       </c>
       <c r="F454" s="2">
-        <v>80.75</v>
+        <v>100.95</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B455" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C455" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D455" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E455" s="2">
-        <v>97.616</v>
+        <v>97</v>
       </c>
       <c r="F455" s="2">
-        <v>98.616</v>
+        <v>100</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B456" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C456" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D456" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E456" s="2">
-        <v>97.88</v>
+        <v>98.17</v>
       </c>
       <c r="F456" s="2">
-        <v>97.93</v>
+        <v>98.78</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B457" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C457" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D457" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E457" s="2">
-        <v>98.4</v>
+        <v>86.5</v>
       </c>
       <c r="F457" s="2">
-        <v>100.4</v>
+        <v>87</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B458" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C458" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D458" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E458" s="2">
-        <v>97</v>
+        <v>86.93</v>
       </c>
       <c r="F458" s="2">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B459" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C459" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D459" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E459" s="2">
-        <v>97.61</v>
+        <v>93.825</v>
       </c>
       <c r="F459" s="2">
-        <v>98.2</v>
+        <v>95.825</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B460" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C460" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D460" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E460" s="2">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F460" s="2">
-        <v>81</v>
+        <v>88</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B461" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C461" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D461" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E461" s="2">
-        <v>80.5</v>
+        <v>86.98</v>
       </c>
       <c r="F461" s="2">
-        <v>80.55</v>
+        <v>88.02</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B462" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C462" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D462" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E462" s="2">
-        <v>87.025</v>
+        <v>97</v>
       </c>
       <c r="F462" s="2">
-        <v>89.025</v>
+        <v>98</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B463" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C463" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D463" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E463" s="2">
-        <v>80</v>
+        <v>97.54</v>
       </c>
       <c r="F463" s="2">
-        <v>84</v>
+        <v>97.59</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B464" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C464" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D464" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E464" s="2">
-        <v>80.03</v>
+        <v>95.75</v>
       </c>
       <c r="F464" s="2">
-        <v>81.02</v>
+        <v>96.75</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B465" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C465" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D465" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E465" s="2">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="F465" s="2">
-        <v>83</v>
+        <v>100</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B466" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C466" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D466" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E466" s="2">
-        <v>82.64</v>
+        <v>97.07</v>
       </c>
       <c r="F466" s="2">
-        <v>82.69</v>
+        <v>98.06</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B467" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C467" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D467" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E467" s="2">
-        <v>89.475</v>
+        <v>90</v>
       </c>
       <c r="F467" s="2">
-        <v>91.475</v>
+        <v>92</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B468" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C468" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D468" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E468" s="2">
-        <v>84</v>
+        <v>78.299</v>
       </c>
       <c r="F468" s="2">
-        <v>86</v>
+        <v>80.11</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B469" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C469" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D469" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E469" s="2">
-        <v>82.17</v>
+        <v>86.75</v>
       </c>
       <c r="F469" s="2">
-        <v>83.16</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B470" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C470" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D470" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E470" s="2">
-        <v>98.176</v>
+        <v>73</v>
       </c>
       <c r="F470" s="2">
-        <v>99.176</v>
+        <v>80</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B471" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C471" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D471" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E471" s="2">
-        <v>98.44</v>
+        <v>80.03</v>
       </c>
       <c r="F471" s="2">
-        <v>98.49</v>
+        <v>81.21</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B472" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C472" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D472" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E472" s="2">
-        <v>98.95</v>
+        <v>60</v>
       </c>
       <c r="F472" s="2">
-        <v>100.95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B473" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C473" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D473" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="E473" s="2">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="F473" s="2">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B474" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C474" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D474" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E474" s="2">
-        <v>98.16</v>
+        <v>70</v>
       </c>
       <c r="F474" s="2">
-        <v>98.77</v>
+        <v>85</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B475" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C475" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D475" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E475" s="2">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="F475" s="2">
-        <v>84</v>
+        <v>80</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B476" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C476" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D476" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E476" s="2">
-        <v>83.84</v>
+        <v>74</v>
       </c>
       <c r="F476" s="2">
-        <v>83.89</v>
+        <v>81</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B477" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C477" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D477" t="s">
         <v>12</v>
       </c>
       <c r="E477" s="2">
-        <v>93.825</v>
+        <v>97</v>
       </c>
       <c r="F477" s="2">
-        <v>95.825</v>
+        <v>103</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B478" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C478" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D478" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="E478" s="2">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="F478" s="2">
-        <v>88</v>
+        <v>101</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B479" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C479" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D479" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="E479" s="2">
-        <v>83.33</v>
+        <v>99</v>
       </c>
       <c r="F479" s="2">
-        <v>84.39</v>
+        <v>101</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B480" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C480" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D480" t="s">
         <v>9</v>
       </c>
       <c r="E480" s="2">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="F480" s="2">
-        <v>97</v>
+        <v>92</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B481" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C481" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D481" t="s">
         <v>15</v>
       </c>
       <c r="E481" s="2">
-        <v>96.4</v>
+        <v>90.04</v>
       </c>
       <c r="F481" s="2">
-        <v>96.45</v>
+        <v>91</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B482" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C482" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D482" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E482" s="2">
-        <v>95.75</v>
+        <v>88</v>
       </c>
       <c r="F482" s="2">
-        <v>96.75</v>
+        <v>93</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B483" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C483" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D483" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E483" s="2">
-        <v>95</v>
+        <v>89.64</v>
       </c>
       <c r="F483" s="2">
-        <v>100</v>
+        <v>90.63</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B484" t="s">
         <v>257</v>
       </c>
       <c r="C484" t="s">
         <v>258</v>
       </c>
       <c r="D484" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E484" s="2">
-        <v>95.94</v>
+        <v>100.5</v>
       </c>
       <c r="F484" s="2">
-        <v>96.91</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B485" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C485" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D485" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E485" s="2">
-        <v>90</v>
+        <v>100.31</v>
       </c>
       <c r="F485" s="2">
-        <v>92</v>
+        <v>101.29</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B486" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C486" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D486" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E486" s="2">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="F486" s="2">
-        <v>78.299</v>
+        <v>102</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B487" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C487" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D487" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E487" s="2">
-        <v>86.75</v>
+        <v>101.04</v>
       </c>
       <c r="F487" s="2">
-        <v>87.75</v>
+        <v>101.64</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B488" t="s">
         <v>259</v>
       </c>
       <c r="C488" t="s">
         <v>260</v>
       </c>
       <c r="D488" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E488" s="2">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="F488" s="2">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B489" t="s">
         <v>259</v>
       </c>
       <c r="C489" t="s">
         <v>260</v>
       </c>
       <c r="D489" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="E489" s="2">
-        <v>78.5</v>
+        <v>85.91</v>
       </c>
       <c r="F489" s="2">
-        <v>79.67</v>
+        <v>86.74</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B490" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C490" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D490" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E490" s="2">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="F490" s="2">
-        <v>90</v>
+        <v>87</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B491" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C491" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D491" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="E491" s="2">
-        <v>75</v>
+        <v>84.52</v>
       </c>
       <c r="F491" s="2">
-        <v>85</v>
+        <v>85.53</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B492" t="s">
         <v>261</v>
       </c>
       <c r="C492" t="s">
         <v>262</v>
       </c>
       <c r="D492" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E492" s="2">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="F492" s="2">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B493" t="s">
         <v>261</v>
       </c>
       <c r="C493" t="s">
         <v>262</v>
       </c>
       <c r="D493" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E493" s="2">
-        <v>75</v>
+        <v>81.63</v>
       </c>
       <c r="F493" s="2">
-        <v>80</v>
+        <v>81.68</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B494" t="s">
         <v>261</v>
       </c>
       <c r="C494" t="s">
         <v>262</v>
       </c>
       <c r="D494" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="E494" s="2">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="F494" s="2">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B495" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C495" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D495" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E495" s="2">
-        <v>97</v>
+        <v>81.12</v>
       </c>
       <c r="F495" s="2">
-        <v>103</v>
+        <v>82.2</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B496" t="s">
         <v>263</v>
       </c>
       <c r="C496" t="s">
         <v>264</v>
       </c>
       <c r="D496" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="E496" s="2">
-        <v>99</v>
+        <v>99.75</v>
       </c>
       <c r="F496" s="2">
-        <v>101</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B497" t="s">
         <v>263</v>
       </c>
       <c r="C497" t="s">
         <v>264</v>
       </c>
       <c r="D497" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E497" s="2">
-        <v>99</v>
+        <v>99.75</v>
       </c>
       <c r="F497" s="2">
-        <v>101</v>
+        <v>100.25</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B498" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C498" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="D498" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="E498" s="2">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="F498" s="2">
-        <v>91</v>
+        <v>106</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B499" t="s">
         <v>265</v>
       </c>
       <c r="C499" t="s">
         <v>266</v>
       </c>
       <c r="D499" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E499" s="2">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="F499" s="2">
-        <v>89.2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B500" t="s">
         <v>265</v>
       </c>
       <c r="C500" t="s">
         <v>266</v>
       </c>
       <c r="D500" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E500" s="2">
-        <v>88</v>
+        <v>97.12</v>
       </c>
       <c r="F500" s="2">
-        <v>93</v>
+        <v>105.98</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B501" t="s">
         <v>265</v>
       </c>
       <c r="C501" t="s">
         <v>266</v>
       </c>
       <c r="D501" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E501" s="2">
-        <v>85.89</v>
+        <v>94</v>
       </c>
       <c r="F501" s="2">
-        <v>86.89</v>
+        <v>98</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B502" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C502" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D502" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E502" s="2">
-        <v>101.03</v>
+        <v>99.93</v>
       </c>
       <c r="F502" s="2">
-        <v>102.03</v>
+        <v>101.19</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B503" t="s">
         <v>267</v>
       </c>
       <c r="C503" t="s">
         <v>268</v>
       </c>
       <c r="D503" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E503" s="2">
-        <v>100.51</v>
+        <v>99.5</v>
       </c>
       <c r="F503" s="2">
-        <v>101.41</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B504" t="s">
         <v>267</v>
       </c>
       <c r="C504" t="s">
         <v>268</v>
       </c>
       <c r="D504" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E504" s="2">
+        <v>98</v>
+      </c>
+      <c r="F504" s="2">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B505" t="s">
         <v>267</v>
       </c>
       <c r="C505" t="s">
         <v>268</v>
       </c>
       <c r="D505" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="E505" s="2">
-        <v>101.04</v>
+        <v>99.9</v>
       </c>
       <c r="F505" s="2">
-        <v>101.64</v>
+        <v>100.1</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B506" t="s">
         <v>269</v>
       </c>
       <c r="C506" t="s">
         <v>270</v>
       </c>
       <c r="D506" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E506" s="2">
-        <v>85.51</v>
+        <v>91</v>
       </c>
       <c r="F506" s="2">
-        <v>86.32</v>
+        <v>91.5</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B507" t="s">
         <v>269</v>
       </c>
       <c r="C507" t="s">
         <v>270</v>
       </c>
       <c r="D507" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E507" s="2">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="F507" s="2">
-        <v>87</v>
+        <v>91.5</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B508" t="s">
         <v>269</v>
       </c>
       <c r="C508" t="s">
         <v>270</v>
       </c>
       <c r="D508" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="E508" s="2">
-        <v>82.96</v>
+        <v>91</v>
       </c>
       <c r="F508" s="2">
-        <v>83.96</v>
+        <v>91.5</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B509" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C509" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D509" t="s">
         <v>9</v>
       </c>
       <c r="E509" s="2">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F509" s="2">
-        <v>87</v>
+        <v>97</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B510" t="s">
         <v>271</v>
       </c>
       <c r="C510" t="s">
         <v>272</v>
       </c>
       <c r="D510" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E510" s="2">
-        <v>79</v>
+        <v>96.35</v>
       </c>
       <c r="F510" s="2">
-        <v>80</v>
+        <v>96.4</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B511" t="s">
         <v>271</v>
       </c>
       <c r="C511" t="s">
         <v>272</v>
       </c>
       <c r="D511" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E511" s="2">
-        <v>79.63</v>
+        <v>94</v>
       </c>
       <c r="F511" s="2">
-        <v>79.68</v>
+        <v>100</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B512" t="s">
         <v>271</v>
       </c>
       <c r="C512" t="s">
         <v>272</v>
       </c>
       <c r="D512" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E512" s="2">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="F512" s="2">
-        <v>84</v>
+        <v>100</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B513" t="s">
         <v>271</v>
       </c>
       <c r="C513" t="s">
         <v>272</v>
       </c>
       <c r="D513" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E513" s="2">
-        <v>79.1</v>
+        <v>95.86</v>
       </c>
       <c r="F513" s="2">
-        <v>80.19</v>
+        <v>96.89</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B514" t="s">
         <v>273</v>
       </c>
       <c r="C514" t="s">
         <v>274</v>
       </c>
       <c r="D514" t="s">
         <v>11</v>
       </c>
       <c r="E514" s="2">
-        <v>99.75</v>
+        <v>99.5</v>
       </c>
       <c r="F514" s="2">
-        <v>100.25</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B515" t="s">
         <v>273</v>
       </c>
       <c r="C515" t="s">
         <v>274</v>
       </c>
       <c r="D515" t="s">
         <v>12</v>
       </c>
       <c r="E515" s="2">
-        <v>99.75</v>
+        <v>99.5</v>
       </c>
       <c r="F515" s="2">
-        <v>100.25</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B516" t="s">
         <v>273</v>
       </c>
       <c r="C516" t="s">
         <v>274</v>
       </c>
       <c r="D516" t="s">
         <v>34</v>
       </c>
       <c r="E516" s="2">
-        <v>96</v>
+        <v>99.5</v>
       </c>
       <c r="F516" s="2">
-        <v>106</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B517" t="s">
         <v>275</v>
       </c>
       <c r="C517" t="s">
         <v>276</v>
       </c>
       <c r="D517" t="s">
         <v>9</v>
       </c>
       <c r="E517" s="2">
-        <v>92.5</v>
+        <v>95</v>
       </c>
       <c r="F517" s="2">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B518" t="s">
         <v>275</v>
       </c>
       <c r="C518" t="s">
         <v>276</v>
       </c>
       <c r="D518" t="s">
         <v>15</v>
       </c>
       <c r="E518" s="2">
-        <v>92.75</v>
+        <v>72.75</v>
       </c>
       <c r="F518" s="2">
-        <v>95.14</v>
+        <v>74.75</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B519" t="s">
         <v>275</v>
       </c>
       <c r="C519" t="s">
         <v>276</v>
       </c>
       <c r="D519" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E519" s="2">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F519" s="2">
-        <v>92</v>
+        <v>100</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B520" t="s">
         <v>275</v>
       </c>
       <c r="C520" t="s">
         <v>276</v>
       </c>
       <c r="D520" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E520" s="2">
-        <v>100.38</v>
+        <v>96</v>
       </c>
       <c r="F520" s="2">
-        <v>101.63</v>
+        <v>99</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B521" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C521" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="D521" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E521" s="2">
-        <v>99.5</v>
+        <v>96.45</v>
       </c>
       <c r="F521" s="2">
-        <v>100.5</v>
+        <v>97.18</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B522" t="s">
         <v>277</v>
       </c>
       <c r="C522" t="s">
         <v>278</v>
       </c>
       <c r="D522" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E522" s="2">
-        <v>98</v>
+        <v>99.5</v>
       </c>
       <c r="F522" s="2">
-        <v>100</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B523" t="s">
         <v>277</v>
       </c>
       <c r="C523" t="s">
         <v>278</v>
       </c>
       <c r="D523" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E523" s="2">
-        <v>99.9</v>
+        <v>98</v>
       </c>
       <c r="F523" s="2">
-        <v>100.1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B524" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C524" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D524" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E524" s="2">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="F524" s="2">
-        <v>91.5</v>
+        <v>100.1</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B525" t="s">
         <v>279</v>
       </c>
       <c r="C525" t="s">
         <v>280</v>
       </c>
       <c r="D525" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E525" s="2">
-        <v>91</v>
+        <v>97.726</v>
       </c>
       <c r="F525" s="2">
-        <v>91.5</v>
+        <v>98.726</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B526" t="s">
         <v>279</v>
       </c>
       <c r="C526" t="s">
         <v>280</v>
       </c>
       <c r="D526" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E526" s="2">
-        <v>91</v>
+        <v>97.93</v>
       </c>
       <c r="F526" s="2">
-        <v>91.5</v>
+        <v>97.98</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B527" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C527" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D527" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E527" s="2">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F527" s="2">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B528" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C528" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D528" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E528" s="2">
-        <v>95.17</v>
+        <v>97.61</v>
       </c>
       <c r="F528" s="2">
-        <v>95.22</v>
+        <v>98.29</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B529" t="s">
         <v>281</v>
       </c>
       <c r="C529" t="s">
         <v>282</v>
       </c>
       <c r="D529" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E529" s="2">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F529" s="2">
-        <v>100</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B530" t="s">
         <v>281</v>
       </c>
       <c r="C530" t="s">
         <v>282</v>
       </c>
       <c r="D530" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E530" s="2">
-        <v>92</v>
+        <v>96.3</v>
       </c>
       <c r="F530" s="2">
-        <v>100</v>
+        <v>97.8</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B531" t="s">
         <v>281</v>
       </c>
       <c r="C531" t="s">
         <v>282</v>
       </c>
       <c r="D531" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E531" s="2">
-        <v>94.69</v>
+        <v>96</v>
       </c>
       <c r="F531" s="2">
-        <v>95.7</v>
+        <v>99</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B532" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C532" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="D532" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E532" s="2">
-        <v>99.5</v>
+        <v>96.96</v>
       </c>
       <c r="F532" s="2">
-        <v>100.5</v>
+        <v>98.01</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B533" t="s">
         <v>283</v>
       </c>
       <c r="C533" t="s">
         <v>284</v>
       </c>
       <c r="D533" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E533" s="2">
-        <v>99.5</v>
+        <v>91</v>
       </c>
       <c r="F533" s="2">
-        <v>100.5</v>
+        <v>93.5</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B534" t="s">
         <v>283</v>
       </c>
       <c r="C534" t="s">
         <v>284</v>
       </c>
       <c r="D534" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E534" s="2">
-        <v>99.5</v>
+        <v>93</v>
       </c>
       <c r="F534" s="2">
-        <v>100.5</v>
+        <v>94.5</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B535" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C535" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D535" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E535" s="2">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="F535" s="2">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B536" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C536" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D536" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E536" s="2">
-        <v>72.75</v>
+        <v>92.05</v>
       </c>
       <c r="F536" s="2">
-        <v>74.75</v>
+        <v>92.94</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B537" t="s">
         <v>285</v>
       </c>
       <c r="C537" t="s">
         <v>286</v>
       </c>
       <c r="D537" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E537" s="2">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="F537" s="2">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B538" t="s">
         <v>285</v>
       </c>
       <c r="C538" t="s">
         <v>286</v>
       </c>
       <c r="D538" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E538" s="2">
-        <v>93</v>
+        <v>100.21</v>
       </c>
       <c r="F538" s="2">
-        <v>98</v>
+        <v>101.08</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B539" t="s">
         <v>285</v>
       </c>
       <c r="C539" t="s">
         <v>286</v>
       </c>
       <c r="D539" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E539" s="2">
-        <v>96.01</v>
+        <v>98</v>
       </c>
       <c r="F539" s="2">
-        <v>96.7</v>
+        <v>102</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B540" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C540" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="D540" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E540" s="2">
-        <v>99.5</v>
+        <v>100.5</v>
       </c>
       <c r="F540" s="2">
-        <v>100.5</v>
+        <v>101</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B541" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C541" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="D541" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E541" s="2">
-        <v>98</v>
+        <v>99.36</v>
       </c>
       <c r="F541" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B542" t="s">
         <v>287</v>
       </c>
       <c r="C542" t="s">
         <v>288</v>
       </c>
       <c r="D542" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E542" s="2">
-        <v>99</v>
+        <v>84.11</v>
       </c>
       <c r="F542" s="2">
-        <v>100.1</v>
+        <v>84.69</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B543" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C543" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="D543" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E543" s="2">
-        <v>97.726</v>
+        <v>80</v>
       </c>
       <c r="F543" s="2">
-        <v>98.726</v>
+        <v>86</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B544" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C544" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="D544" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E544" s="2">
-        <v>97.95</v>
+        <v>82.75</v>
       </c>
       <c r="F544" s="2">
-        <v>98</v>
+        <v>83.85</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B545" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C545" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="D545" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E545" s="2">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="F545" s="2">
-        <v>101</v>
+        <v>85</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B546" t="s">
         <v>289</v>
       </c>
       <c r="C546" t="s">
         <v>290</v>
       </c>
       <c r="D546" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E546" s="2">
-        <v>97.65</v>
+        <v>99.5</v>
       </c>
       <c r="F546" s="2">
-        <v>98.31</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B547" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C547" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D547" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E547" s="2">
-        <v>96</v>
+        <v>99.5</v>
       </c>
       <c r="F547" s="2">
-        <v>97</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B548" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C548" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D548" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E548" s="2">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F548" s="2">
-        <v>101.5</v>
+        <v>101</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B549" t="s">
         <v>291</v>
       </c>
       <c r="C549" t="s">
         <v>292</v>
       </c>
       <c r="D549" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E549" s="2">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F549" s="2">
-        <v>99</v>
+        <v>93</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B550" t="s">
         <v>291</v>
       </c>
       <c r="C550" t="s">
         <v>292</v>
       </c>
       <c r="D550" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E550" s="2">
-        <v>95.87</v>
+        <v>92</v>
       </c>
       <c r="F550" s="2">
-        <v>96.89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B551" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="C551" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="D551" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="E551" s="2">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F551" s="2">
-        <v>93</v>
+        <v>100</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B552" t="s">
         <v>293</v>
       </c>
       <c r="C552" t="s">
         <v>294</v>
       </c>
       <c r="D552" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E552" s="2">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="F552" s="2">
-        <v>101.5</v>
+        <v>90.5</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B553" t="s">
         <v>293</v>
       </c>
       <c r="C553" t="s">
         <v>294</v>
       </c>
       <c r="D553" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E553" s="2">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="F553" s="2">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B554" t="s">
         <v>293</v>
       </c>
       <c r="C554" t="s">
         <v>294</v>
       </c>
       <c r="D554" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E554" s="2">
-        <v>91.66</v>
+        <v>65</v>
       </c>
       <c r="F554" s="2">
-        <v>92.63</v>
+        <v>75</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B555" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="C555" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D555" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E555" s="2">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="F555" s="2">
-        <v>101</v>
+        <v>90</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B556" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="C556" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D556" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E556" s="2">
-        <v>100.21</v>
+        <v>89.95</v>
       </c>
       <c r="F556" s="2">
-        <v>101.19</v>
+        <v>90.45</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B557" t="s">
         <v>295</v>
       </c>
       <c r="C557" t="s">
         <v>296</v>
       </c>
       <c r="D557" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E557" s="2">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="F557" s="2">
-        <v>102</v>
+        <v>92</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B558" t="s">
         <v>295</v>
       </c>
       <c r="C558" t="s">
         <v>296</v>
       </c>
       <c r="D558" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E558" s="2">
-        <v>100.5</v>
+        <v>83</v>
       </c>
       <c r="F558" s="2">
-        <v>101</v>
+        <v>93</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B559" t="s">
         <v>295</v>
       </c>
       <c r="C559" t="s">
         <v>296</v>
       </c>
       <c r="D559" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E559" s="2">
-        <v>99.38</v>
+        <v>63</v>
       </c>
       <c r="F559" s="2">
-        <v>100</v>
+        <v>73</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B560" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C560" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D560" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E560" s="2">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="F560" s="2">
-        <v>82</v>
+        <v>92</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B561" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C561" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D561" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E561" s="2">
-        <v>81.32</v>
+        <v>91.7</v>
       </c>
       <c r="F561" s="2">
-        <v>82.1</v>
+        <v>92.2</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B562" t="s">
         <v>297</v>
       </c>
       <c r="C562" t="s">
         <v>298</v>
       </c>
       <c r="D562" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E562" s="2">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="F562" s="2">
-        <v>86</v>
+        <v>101</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B563" t="s">
         <v>297</v>
       </c>
       <c r="C563" t="s">
         <v>298</v>
       </c>
       <c r="D563" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E563" s="2">
-        <v>81.05</v>
+        <v>95</v>
       </c>
       <c r="F563" s="2">
-        <v>82.24</v>
+        <v>105</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B564" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C564" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="D564" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E564" s="2">
-        <v>99.5</v>
+        <v>86</v>
       </c>
       <c r="F564" s="2">
-        <v>100.5</v>
+        <v>96</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B565" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C565" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="D565" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E565" s="2">
-        <v>99.5</v>
+        <v>98</v>
       </c>
       <c r="F565" s="2">
-        <v>100.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B566" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C566" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="D566" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E566" s="2">
-        <v>99</v>
+        <v>89.5</v>
       </c>
       <c r="F566" s="2">
-        <v>101</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B567" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C567" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D567" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E567" s="2">
-        <v>92</v>
+        <v>100.6</v>
       </c>
       <c r="F567" s="2">
-        <v>93</v>
+        <v>101.1</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B568" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="C568" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="D568" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E568" s="2">
-        <v>92</v>
+        <v>93.5</v>
       </c>
       <c r="F568" s="2">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B569" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="C569" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="D569" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="E569" s="2">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="F569" s="2">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B570" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C570" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D570" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E570" s="2">
-        <v>88.75</v>
+        <v>70</v>
       </c>
       <c r="F570" s="2">
-        <v>89.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B571" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C571" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D571" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E571" s="2">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="F571" s="2">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B572" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C572" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D572" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E572" s="2">
-        <v>65</v>
+        <v>93.3</v>
       </c>
       <c r="F572" s="2">
-        <v>75</v>
+        <v>93.8</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B573" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C573" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="D573" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E573" s="2">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="F573" s="2">
-        <v>91</v>
+        <v>74</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B574" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C574" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="D574" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E574" s="2">
-        <v>89.1164</v>
+        <v>66</v>
       </c>
       <c r="F574" s="2">
-        <v>89.48</v>
+        <v>76</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B575" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C575" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D575" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E575" s="2">
-        <v>89.5</v>
+        <v>52</v>
       </c>
       <c r="F575" s="2">
-        <v>90.5</v>
+        <v>62</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B576" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C576" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D576" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E576" s="2">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="F576" s="2">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B577" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C577" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D577" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E577" s="2">
-        <v>63</v>
+        <v>73.15</v>
       </c>
       <c r="F577" s="2">
-        <v>73</v>
+        <v>73.65</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B578" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C578" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="D578" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E578" s="2">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="F578" s="2">
-        <v>91</v>
+        <v>87</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B579" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C579" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="D579" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E579" s="2">
-        <v>90.8</v>
+        <v>77</v>
       </c>
       <c r="F579" s="2">
-        <v>91.3</v>
+        <v>87</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B580" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C580" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D580" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E580" s="2">
-        <v>99</v>
+        <v>56</v>
       </c>
       <c r="F580" s="2">
-        <v>100</v>
+        <v>66</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B581" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C581" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D581" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E581" s="2">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="F581" s="2">
-        <v>105</v>
+        <v>85</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B582" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C582" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D582" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E582" s="2">
-        <v>86</v>
+        <v>85.2</v>
       </c>
       <c r="F582" s="2">
-        <v>96</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B583" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C583" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="D583" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E583" s="2">
-        <v>98</v>
+        <v>98.75</v>
       </c>
       <c r="F583" s="2">
-        <v>100</v>
+        <v>99.75</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B584" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C584" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="D584" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E584" s="2">
-        <v>90.5</v>
+        <v>92</v>
       </c>
       <c r="F584" s="2">
-        <v>110.5</v>
+        <v>102</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B585" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C585" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="D585" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E585" s="2">
-        <v>99.36</v>
+        <v>80</v>
       </c>
       <c r="F585" s="2">
-        <v>99.8</v>
+        <v>90</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B586" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C586" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D586" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E586" s="2">
-        <v>91.75</v>
+        <v>98</v>
       </c>
       <c r="F586" s="2">
-        <v>92.75</v>
+        <v>99</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B587" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C587" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D587" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E587" s="2">
-        <v>85</v>
+        <v>87.5</v>
       </c>
       <c r="F587" s="2">
-        <v>95</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B588" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C588" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D588" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E588" s="2">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="F588" s="2">
-        <v>80</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B589" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C589" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="D589" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E589" s="2">
-        <v>90</v>
+        <v>117</v>
       </c>
       <c r="F589" s="2">
-        <v>91</v>
+        <v>118</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B590" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C590" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="D590" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E590" s="2">
-        <v>91.5</v>
+        <v>115</v>
       </c>
       <c r="F590" s="2">
-        <v>92</v>
+        <v>125</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B591" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C591" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="D591" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E591" s="2">
-        <v>73.5</v>
+        <v>105</v>
       </c>
       <c r="F591" s="2">
-        <v>75</v>
+        <v>115</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B592" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C592" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="D592" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E592" s="2">
-        <v>65</v>
+        <v>117</v>
       </c>
       <c r="F592" s="2">
-        <v>75</v>
+        <v>119</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B593" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C593" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="D593" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E593" s="2">
-        <v>52</v>
+        <v>107</v>
       </c>
       <c r="F593" s="2">
-        <v>62</v>
+        <v>127</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B594" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C594" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="D594" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E594" s="2">
-        <v>73</v>
+        <v>117.2082</v>
       </c>
       <c r="F594" s="2">
-        <v>75</v>
+        <v>117.5</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B595" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C595" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="D595" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="E595" s="2">
-        <v>73.8</v>
+        <v>93</v>
       </c>
       <c r="F595" s="2">
-        <v>74.3</v>
+        <v>95</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B596" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="C596" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D596" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E596" s="2">
-        <v>83.75</v>
+        <v>85</v>
       </c>
       <c r="F596" s="2">
-        <v>84.75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B597" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="C597" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D597" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E597" s="2">
+        <v>65</v>
+      </c>
+      <c r="F597" s="2">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B598" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="C598" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D598" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E598" s="2">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="F598" s="2">
-        <v>66</v>
+        <v>92</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B599" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="C599" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D599" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E599" s="2">
-        <v>84</v>
+        <v>93.8</v>
       </c>
       <c r="F599" s="2">
-        <v>86</v>
+        <v>94.3</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B600" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C600" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="D600" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="E600" s="2">
-        <v>85.3</v>
+        <v>69.5</v>
       </c>
       <c r="F600" s="2">
-        <v>85.8</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B601" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C601" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D601" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E601" s="2">
-        <v>98.5</v>
+        <v>64</v>
       </c>
       <c r="F601" s="2">
-        <v>99.5</v>
+        <v>74</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B602" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C602" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D602" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E602" s="2">
-        <v>92</v>
+        <v>50</v>
       </c>
       <c r="F602" s="2">
-        <v>102</v>
+        <v>60</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B603" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C603" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D603" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E603" s="2">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="F603" s="2">
-        <v>90</v>
+        <v>71</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B604" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C604" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D604" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E604" s="2">
-        <v>99</v>
+        <v>71.5</v>
       </c>
       <c r="F604" s="2">
-        <v>101</v>
+        <v>72</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B605" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C605" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="D605" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E605" s="2">
-        <v>89.5</v>
+        <v>95.5</v>
       </c>
       <c r="F605" s="2">
-        <v>109.5</v>
+        <v>96.5</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B606" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C606" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="D606" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E606" s="2">
-        <v>98.9</v>
+        <v>88</v>
       </c>
       <c r="F606" s="2">
-        <v>99.4</v>
+        <v>99</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B607" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C607" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D607" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E607" s="2">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="F607" s="2">
-        <v>119</v>
+        <v>85</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B608" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C608" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D608" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E608" s="2">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="F608" s="2">
-        <v>125</v>
+        <v>96</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B609" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C609" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D609" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E609" s="2">
-        <v>105</v>
+        <v>84.5</v>
       </c>
       <c r="F609" s="2">
-        <v>115</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B610" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C610" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D610" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E610" s="2">
-        <v>118</v>
+        <v>95.71</v>
       </c>
       <c r="F610" s="2">
-        <v>121</v>
+        <v>96.339</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B611" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C611" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="D611" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E611" s="2">
-        <v>111.5</v>
+        <v>105</v>
       </c>
       <c r="F611" s="2">
-        <v>131.5</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B612" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C612" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="D612" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E612" s="2">
-        <v>118.482</v>
+        <v>98</v>
       </c>
       <c r="F612" s="2">
-        <v>118.6</v>
+        <v>108</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B613" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="C613" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="D613" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E613" s="2">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="F613" s="2">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B614" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="C614" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="D614" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E614" s="2">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="F614" s="2">
-        <v>93</v>
+        <v>106</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B615" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="C615" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="D615" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E615" s="2">
-        <v>65</v>
+        <v>91.5</v>
       </c>
       <c r="F615" s="2">
-        <v>75</v>
+        <v>111.5</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B616" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="C616" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="D616" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E616" s="2">
-        <v>92</v>
+        <v>105.4</v>
       </c>
       <c r="F616" s="2">
-        <v>94</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B617" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C617" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D617" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="E617" s="2">
-        <v>92.5</v>
+        <v>80.5</v>
       </c>
       <c r="F617" s="2">
-        <v>93</v>
+        <v>81.5</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B618" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C618" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="D618" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E618" s="2">
-        <v>98.75</v>
+        <v>79.05</v>
       </c>
       <c r="F618" s="2">
-        <v>99.75</v>
+        <v>83.3</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B619" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C619" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="D619" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E619" s="2">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="F619" s="2">
-        <v>102</v>
+        <v>85</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B620" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C620" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="D620" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E620" s="2">
-        <v>86</v>
+        <v>87.82</v>
       </c>
       <c r="F620" s="2">
-        <v>96</v>
+        <v>88.85</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B621" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C621" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="D621" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E621" s="2">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F621" s="2">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B622" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C622" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="D622" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E622" s="2">
-        <v>98.45</v>
+        <v>96.87</v>
       </c>
       <c r="F622" s="2">
-        <v>98.95</v>
+        <v>97.03</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B623" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C623" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="D623" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E623" s="2">
-        <v>70.2</v>
+        <v>95</v>
       </c>
       <c r="F623" s="2">
-        <v>72</v>
+        <v>100</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B624" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C624" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="D624" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E624" s="2">
-        <v>60</v>
+        <v>97.64</v>
       </c>
       <c r="F624" s="2">
-        <v>70</v>
+        <v>98.8</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B625" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C625" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="D625" t="s">
         <v>12</v>
       </c>
       <c r="E625" s="2">
-        <v>50</v>
+        <v>99.5</v>
       </c>
       <c r="F625" s="2">
-        <v>60</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B626" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C626" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="D626" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E626" s="2">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="F626" s="2">
-        <v>73</v>
+        <v>100</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B627" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C627" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="D627" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="E627" s="2">
-        <v>72.8</v>
+        <v>96.52</v>
       </c>
       <c r="F627" s="2">
-        <v>73.3</v>
+        <v>97.21</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B628" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C628" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="D628" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E628" s="2">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F628" s="2">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B629" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C629" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="D629" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E629" s="2">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="F629" s="2">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B630" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C630" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="D630" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E630" s="2">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="F630" s="2">
-        <v>85</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B631" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C631" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="D631" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E631" s="2">
-        <v>94</v>
+        <v>98.17</v>
       </c>
       <c r="F631" s="2">
-        <v>95</v>
+        <v>98.85</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B632" t="s">
         <v>325</v>
       </c>
       <c r="C632" t="s">
         <v>326</v>
       </c>
       <c r="D632" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E632" s="2">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="F632" s="2">
-        <v>107</v>
+        <v>100</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B633" t="s">
         <v>325</v>
       </c>
       <c r="C633" t="s">
         <v>326</v>
       </c>
       <c r="D633" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E633" s="2">
-        <v>95.9</v>
+        <v>92</v>
       </c>
       <c r="F633" s="2">
-        <v>96.4</v>
+        <v>100</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B634" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="C634" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="D634" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E634" s="2">
-        <v>103.5</v>
+        <v>99.48</v>
       </c>
       <c r="F634" s="2">
-        <v>105</v>
+        <v>99.98</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B635" t="s">
         <v>327</v>
       </c>
       <c r="C635" t="s">
         <v>328</v>
       </c>
       <c r="D635" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E635" s="2">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F635" s="2">
-        <v>108</v>
+        <v>102</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B636" t="s">
         <v>327</v>
       </c>
       <c r="C636" t="s">
         <v>328</v>
       </c>
       <c r="D636" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E636" s="2">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F636" s="2">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B637" t="s">
         <v>327</v>
       </c>
       <c r="C637" t="s">
         <v>328</v>
       </c>
       <c r="D637" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E637" s="2">
-        <v>104</v>
+        <v>96.86</v>
       </c>
       <c r="F637" s="2">
-        <v>105</v>
+        <v>98.07</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B638" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C638" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D638" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E638" s="2">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="F638" s="2">
-        <v>114</v>
+        <v>85</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B639" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C639" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D639" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E639" s="2">
-        <v>104.0002</v>
+        <v>80</v>
       </c>
       <c r="F639" s="2">
-        <v>104.387</v>
+        <v>85</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B640" t="s">
         <v>329</v>
       </c>
       <c r="C640" t="s">
         <v>330</v>
       </c>
       <c r="D640" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E640" s="2">
-        <v>76.5</v>
+        <v>83.15</v>
       </c>
       <c r="F640" s="2">
-        <v>79.5</v>
+        <v>84.21</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B641" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C641" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D641" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E641" s="2">
-        <v>79.05</v>
+        <v>98</v>
       </c>
       <c r="F641" s="2">
-        <v>83.3</v>
+        <v>102</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B642" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C642" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D642" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E642" s="2">
-        <v>77</v>
+        <v>100</v>
       </c>
       <c r="F642" s="2">
-        <v>82</v>
+        <v>100.06</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B643" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C643" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D643" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E643" s="2">
-        <v>85.8</v>
+        <v>100</v>
       </c>
       <c r="F643" s="2">
-        <v>86.81</v>
+        <v>102</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B644" t="s">
         <v>331</v>
       </c>
       <c r="C644" t="s">
         <v>332</v>
       </c>
       <c r="D644" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="E644" s="2">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="F644" s="2">
-        <v>96</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B645" t="s">
         <v>331</v>
       </c>
       <c r="C645" t="s">
         <v>332</v>
       </c>
       <c r="D645" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E645" s="2">
-        <v>94.73</v>
+        <v>97.99</v>
       </c>
       <c r="F645" s="2">
-        <v>97.1</v>
+        <v>98.66</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B646" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C646" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D646" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E646" s="2">
-        <v>92</v>
+        <v>117</v>
       </c>
       <c r="F646" s="2">
-        <v>97</v>
+        <v>118</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B647" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C647" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D647" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E647" s="2">
-        <v>97.04</v>
+        <v>117</v>
       </c>
       <c r="F647" s="2">
-        <v>98.19</v>
+        <v>119</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B648" t="s">
         <v>333</v>
       </c>
       <c r="C648" t="s">
         <v>334</v>
       </c>
       <c r="D648" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E648" s="2">
-        <v>99.5</v>
+        <v>107.5</v>
       </c>
       <c r="F648" s="2">
-        <v>100.5</v>
+        <v>127.5</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B649" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C649" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D649" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E649" s="2">
+        <v>92</v>
+      </c>
+      <c r="F649" s="2">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B650" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C650" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D650" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="E650" s="2">
-        <v>96.58</v>
+        <v>88</v>
       </c>
       <c r="F650" s="2">
-        <v>97.24</v>
+        <v>94</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B651" t="s">
         <v>335</v>
       </c>
       <c r="C651" t="s">
         <v>336</v>
       </c>
       <c r="D651" t="s">
         <v>10</v>
       </c>
       <c r="E651" s="2">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="F651" s="2">
-        <v>101</v>
+        <v>79</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B652" t="s">
         <v>335</v>
       </c>
       <c r="C652" t="s">
         <v>336</v>
       </c>
       <c r="D652" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E652" s="2">
+        <v>85</v>
+      </c>
+      <c r="F652" s="2">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B653" t="s">
         <v>335</v>
       </c>
       <c r="C653" t="s">
         <v>336</v>
       </c>
       <c r="D653" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E653" s="2">
+        <v>92</v>
+      </c>
+      <c r="F653" s="2">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>100.04</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B654" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C654" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D654" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E654" s="2">
-        <v>98.23</v>
+        <v>92</v>
       </c>
       <c r="F654" s="2">
-        <v>98.88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B655" t="s">
         <v>337</v>
       </c>
       <c r="C655" t="s">
         <v>338</v>
       </c>
       <c r="D655" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E655" s="2">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="F655" s="2">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B656" t="s">
         <v>337</v>
       </c>
       <c r="C656" t="s">
         <v>338</v>
       </c>
       <c r="D656" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E656" s="2">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="F656" s="2">
-        <v>100</v>
+        <v>88</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B657" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C657" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="D657" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E657" s="2">
-        <v>98.09</v>
+        <v>75</v>
       </c>
       <c r="F657" s="2">
-        <v>98.54</v>
+        <v>93</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B658" t="s">
         <v>339</v>
       </c>
       <c r="C658" t="s">
         <v>340</v>
       </c>
       <c r="D658" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="E658" s="2">
+        <v>91</v>
+      </c>
+      <c r="F658" s="2">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B659" t="s">
         <v>339</v>
       </c>
       <c r="C659" t="s">
         <v>340</v>
       </c>
       <c r="D659" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E659" s="2">
-        <v>92</v>
+        <v>81.25</v>
       </c>
       <c r="F659" s="2">
-        <v>100</v>
+        <v>87.25</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B660" t="s">
         <v>339</v>
       </c>
       <c r="C660" t="s">
         <v>340</v>
       </c>
       <c r="D660" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E660" s="2">
-        <v>91.24</v>
+        <v>85</v>
       </c>
       <c r="F660" s="2">
-        <v>92.38</v>
+        <v>90</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B661" t="s">
         <v>341</v>
       </c>
       <c r="C661" t="s">
         <v>342</v>
       </c>
       <c r="D661" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E661" s="2">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F661" s="2">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B662" t="s">
         <v>341</v>
       </c>
       <c r="C662" t="s">
         <v>342</v>
       </c>
       <c r="D662" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E662" s="2">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="F662" s="2">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B663" t="s">
         <v>341</v>
       </c>
       <c r="C663" t="s">
         <v>342</v>
       </c>
       <c r="D663" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="E663" s="2">
-        <v>81.78</v>
+        <v>90</v>
       </c>
       <c r="F663" s="2">
-        <v>82.88</v>
+        <v>100</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B664" t="s">
         <v>343</v>
       </c>
       <c r="C664" t="s">
         <v>344</v>
       </c>
       <c r="D664" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="E664" s="2">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="F664" s="2">
-        <v>121</v>
+        <v>94</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B665" t="s">
         <v>343</v>
       </c>
       <c r="C665" t="s">
         <v>344</v>
       </c>
       <c r="D665" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E665" s="2">
-        <v>118</v>
+        <v>70</v>
       </c>
       <c r="F665" s="2">
-        <v>121</v>
+        <v>90</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B666" t="s">
         <v>343</v>
       </c>
       <c r="C666" t="s">
         <v>344</v>
       </c>
       <c r="D666" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E666" s="2">
-        <v>112.5</v>
+        <v>80</v>
       </c>
       <c r="F666" s="2">
-        <v>132.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B667" t="s">
         <v>345</v>
       </c>
       <c r="C667" t="s">
         <v>346</v>
       </c>
       <c r="D667" t="s">
         <v>9</v>
       </c>
       <c r="E667" s="2">
+        <v>86</v>
+      </c>
+      <c r="F667" s="2">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B668" t="s">
         <v>345</v>
       </c>
       <c r="C668" t="s">
         <v>346</v>
       </c>
       <c r="D668" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E668" s="2">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F668" s="2">
         <v>94</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B669" t="s">
         <v>345</v>
       </c>
       <c r="C669" t="s">
         <v>346</v>
       </c>
       <c r="D669" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E669" s="2">
-        <v>74</v>
+        <v>76.5</v>
       </c>
       <c r="F669" s="2">
-        <v>77</v>
+        <v>96.5</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B670" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C670" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D670" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E670" s="2">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="F670" s="2">
-        <v>100</v>
+        <v>84</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B671" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C671" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D671" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="E671" s="2">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="F671" s="2">
-        <v>100</v>
+        <v>82</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B672" t="s">
         <v>347</v>
       </c>
       <c r="C672" t="s">
         <v>348</v>
       </c>
       <c r="D672" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E672" s="2">
-        <v>92</v>
+        <v>75.75</v>
       </c>
       <c r="F672" s="2">
-        <v>94</v>
+        <v>81.75</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B673" t="s">
         <v>347</v>
       </c>
       <c r="C673" t="s">
         <v>348</v>
       </c>
       <c r="D673" t="s">
         <v>12</v>
       </c>
       <c r="E673" s="2">
+        <v>70</v>
+      </c>
+      <c r="F673" s="2">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B674" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C674" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D674" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E674" s="2">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="F674" s="2">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B675" t="s">
         <v>349</v>
       </c>
       <c r="C675" t="s">
         <v>350</v>
       </c>
       <c r="D675" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E675" s="2">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F675" s="2">
-        <v>93</v>
+        <v>85</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B676" t="s">
         <v>349</v>
       </c>
       <c r="C676" t="s">
         <v>350</v>
       </c>
       <c r="D676" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E676" s="2">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="F676" s="2">
-        <v>94</v>
+        <v>85</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B677" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C677" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D677" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E677" s="2">
-        <v>81.25</v>
+        <v>84.4</v>
       </c>
       <c r="F677" s="2">
-        <v>87.25</v>
+        <v>95</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B678" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C678" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D678" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E678" s="2">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F678" s="2">
-        <v>90</v>
+        <v>88.25</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B679" t="s">
         <v>351</v>
       </c>
       <c r="C679" t="s">
         <v>352</v>
       </c>
       <c r="D679" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E679" s="2">
         <v>85</v>
       </c>
       <c r="F679" s="2">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B680" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C680" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D680" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E680" s="2">
-        <v>60</v>
+        <v>85.7</v>
       </c>
       <c r="F680" s="2">
-        <v>90</v>
+        <v>98</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B681" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C681" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D681" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="E681" s="2">
-        <v>90</v>
+        <v>83.25</v>
       </c>
       <c r="F681" s="2">
-        <v>100</v>
+        <v>90.55</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B682" t="s">
         <v>353</v>
       </c>
       <c r="C682" t="s">
         <v>354</v>
       </c>
       <c r="D682" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E682" s="2">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="F682" s="2">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B683" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C683" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="D683" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E683" s="2">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="F683" s="2">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B684" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C684" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="D684" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="E684" s="2">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F684" s="2">
-        <v>100</v>
+        <v>88</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B685" t="s">
         <v>355</v>
       </c>
       <c r="C685" t="s">
         <v>356</v>
       </c>
       <c r="D685" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E685" s="2">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="F685" s="2">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B686" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C686" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D686" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E686" s="2">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="F686" s="2">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B687" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C687" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D687" t="s">
         <v>11</v>
       </c>
       <c r="E687" s="2">
-        <v>86</v>
+        <v>82.75</v>
       </c>
       <c r="F687" s="2">
-        <v>94</v>
+        <v>88.85</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B688" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C688" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D688" t="s">
         <v>12</v>
       </c>
       <c r="E688" s="2">
         <v>85</v>
       </c>
       <c r="F688" s="2">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B689" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C689" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="D689" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E689" s="2">
-        <v>77</v>
+        <v>94</v>
       </c>
       <c r="F689" s="2">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B690" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C690" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D690" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E690" s="2">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="F690" s="2">
-        <v>84</v>
+        <v>95</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B691" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C691" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D691" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E691" s="2">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="F691" s="2">
-        <v>82</v>
+        <v>95</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B692" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C692" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="D692" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E692" s="2">
-        <v>75.75</v>
+        <v>64</v>
       </c>
       <c r="F692" s="2">
-        <v>81.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B693" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C693" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="D693" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E693" s="2">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F693" s="2">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B694" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C694" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D694" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E694" s="2">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="F694" s="2">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B695" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="C695" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="D695" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E695" s="2">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="F695" s="2">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B696" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="C696" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="D696" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E696" s="2">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="F696" s="2">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B697" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C697" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D697" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E697" s="2">
-        <v>84.4</v>
+        <v>77</v>
       </c>
       <c r="F697" s="2">
-        <v>95</v>
+        <v>87</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B698" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C698" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D698" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E698" s="2">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="F698" s="2">
-        <v>88.25</v>
+        <v>91</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B699" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C699" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D699" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E699" s="2">
-        <v>85</v>
+        <v>80.8</v>
       </c>
       <c r="F699" s="2">
-        <v>90</v>
+        <v>86.75</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B700" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C700" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D700" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E700" s="2">
-        <v>85.7</v>
+        <v>78</v>
       </c>
       <c r="F700" s="2">
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B701" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C701" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="D701" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E701" s="2">
-        <v>83.25</v>
+        <v>70</v>
       </c>
       <c r="F701" s="2">
-        <v>90.55</v>
+        <v>84</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B702" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C702" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="D702" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E702" s="2">
+        <v>81</v>
+      </c>
+      <c r="F702" s="2">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B703" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C703" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="D703" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E703" s="2">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="F703" s="2">
-        <v>95</v>
-[...518 lines deleted...]
-      <c r="F729" s="2">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>