--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Оператор</t>
   </si>
   <si>
     <t>Bid</t>
   </si>
   <si>
     <t>Ask</t>
   </si>
   <si>
-    <t>31.10.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>GMKNRM 2.8 26</t>
   </si>
   <si>
     <t>XS2393505008</t>
   </si>
   <si>
     <t>SBRF</t>
   </si>
   <si>
     <t>REGION</t>
   </si>
   <si>
     <t>MKB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
     <numFmt numFmtId="165" formatCode="#,####0.0000_-"/>
   </numFmts>