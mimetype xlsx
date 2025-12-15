--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Оператор</t>
   </si>
   <si>
     <t>Bid</t>
   </si>
   <si>
     <t>Ask</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>ИАДОМ 1P43</t>
   </si>
   <si>
     <t>RU000A107SY1</t>
   </si>
   <si>
     <t>SBRF</t>
   </si>
   <si>
     <t>VTB</t>
   </si>
   <si>
     <t>METIB</t>
   </si>
   <si>
     <t>DOMRF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
@@ -415,152 +415,152 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="69" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>92.5</v>
+        <v>99</v>
       </c>
       <c r="F2" s="2">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="2">
-        <v>94.51</v>
+        <v>97.12</v>
       </c>
       <c r="F3" s="2">
-        <v>98.49</v>
+        <v>105.98</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F4" s="2">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="2">
-        <v>101.08</v>
+        <v>99.93</v>
       </c>
       <c r="F5" s="2">
-        <v>102.36</v>
+        <v>101.19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>