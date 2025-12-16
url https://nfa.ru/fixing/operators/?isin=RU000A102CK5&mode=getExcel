--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Оператор</t>
   </si>
   <si>
     <t>Bid</t>
   </si>
   <si>
     <t>Ask</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>15.12.2025</t>
   </si>
   <si>
     <t>RUSSIA 1 1/8 11/20/27</t>
   </si>
   <si>
     <t>RU000A102CK5</t>
   </si>
   <si>
     <t>SBRF</t>
   </si>
   <si>
     <t>MKB</t>
   </si>
   <si>
     <t>METIB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
     <numFmt numFmtId="165" formatCode="#,####0.0000_-"/>
   </numFmts>
@@ -490,54 +490,54 @@
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="2">
         <v>70</v>
       </c>
       <c r="F3" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F4" s="2">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>