--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,65 +12,65 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="mirp" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>MIRP</t>
   </si>
   <si>
-    <t>10.10.2025</t>
+    <t>11.12.2025</t>
   </si>
   <si>
     <t>RURAIL 1.195 28</t>
   </si>
   <si>
     <t>CH0419041634</t>
   </si>
   <si>
     <t>СЗКК, 03</t>
   </si>
   <si>
     <t>RU000A0JRU20</t>
   </si>
   <si>
     <t>СЗКК, 04</t>
   </si>
   <si>
     <t>RU000A0JRU46</t>
   </si>
   <si>
     <t>Западный скоростной диаметр, 03</t>
   </si>
   <si>
     <t>RU000A0JS4J1</t>
   </si>
@@ -89,68 +89,56 @@
   <si>
     <t>РЖД, 33</t>
   </si>
   <si>
     <t>RU000A0JVB19</t>
   </si>
   <si>
     <t>РЖД, 34</t>
   </si>
   <si>
     <t>RU000A0JVB27</t>
   </si>
   <si>
     <t>Автодор 03</t>
   </si>
   <si>
     <t>RU000A0JVD66</t>
   </si>
   <si>
     <t>РЖД-35</t>
   </si>
   <si>
     <t>RU000A0JVKH5</t>
   </si>
   <si>
-    <t>РЕСО-Лизинг, БО-04</t>
-[...4 lines deleted...]
-  <si>
     <t>РЖД-36-об</t>
   </si>
   <si>
     <t>RU000A0JVY04</t>
   </si>
   <si>
-    <t>Россиум-1-боб</t>
-[...4 lines deleted...]
-  <si>
     <t>Ростелеком-001P-01R</t>
   </si>
   <si>
     <t>RU000A0JWTN2</t>
   </si>
   <si>
     <t>Роснефть0001Р01</t>
   </si>
   <si>
     <t>RU000A0JX132</t>
   </si>
   <si>
     <t>ДОМРФИА 1P</t>
   </si>
   <si>
     <t>RU000A0JX3M0</t>
   </si>
   <si>
     <t>Почта России, БО-04</t>
   </si>
   <si>
     <t>RU000A0JXMP0</t>
   </si>
   <si>
     <t>ДОМРФИА 01</t>
@@ -185,56 +173,50 @@
   <si>
     <t>Роснфт1P8</t>
   </si>
   <si>
     <t>RU000A0ZYCP5</t>
   </si>
   <si>
     <t>ДОМ.РФ, БО-06</t>
   </si>
   <si>
     <t>RU000A0ZYF20</t>
   </si>
   <si>
     <t>ДОМ.РФ, БО-07</t>
   </si>
   <si>
     <t>RU000A0ZYF38</t>
   </si>
   <si>
     <t>ДОМ.РФ, БО-10</t>
   </si>
   <si>
     <t>RU000A0ZYFN3</t>
   </si>
   <si>
-    <t>ИНГРАД-001Р-01-боб</t>
-[...4 lines deleted...]
-  <si>
     <t>Роснефть-002Р-01</t>
   </si>
   <si>
     <t>RU000A0ZYJH7</t>
   </si>
   <si>
     <t>Роснефть-002Р-02</t>
   </si>
   <si>
     <t>RU000A0ZYJJ3</t>
   </si>
   <si>
     <t>ДОМРФИА 04</t>
   </si>
   <si>
     <t>RU000A0ZYL89</t>
   </si>
   <si>
     <t>Роснефть-002Р-03</t>
   </si>
   <si>
     <t>RU000A0ZYLG5</t>
   </si>
   <si>
     <t>ДОМРФИА 03</t>
@@ -269,56 +251,50 @@
   <si>
     <t>Россиум-001Р-01</t>
   </si>
   <si>
     <t>RU000A0ZZCX6</t>
   </si>
   <si>
     <t>ИА ДОМ 4P2</t>
   </si>
   <si>
     <t>RU000A0ZZNW5</t>
   </si>
   <si>
     <t>РЖД, 001P-09R</t>
   </si>
   <si>
     <t>RU000A0ZZRY2</t>
   </si>
   <si>
     <t>ИА ДОМ 6P2</t>
   </si>
   <si>
     <t>RU000A0ZZV86</t>
   </si>
   <si>
-    <t>Россия-25 EUR</t>
-[...4 lines deleted...]
-  <si>
     <t>ИА ДОМ 8P2</t>
   </si>
   <si>
     <t>RU000A0ZZZ09</t>
   </si>
   <si>
     <t>ИА ДОМ 7P2</t>
   </si>
   <si>
     <t>RU000A0ZZZ58</t>
   </si>
   <si>
     <t>Россиум-001Р-02</t>
   </si>
   <si>
     <t>RU000A0ZZZY5</t>
   </si>
   <si>
     <t>Автодор, БО-002P-01</t>
   </si>
   <si>
     <t>RU000A100030</t>
   </si>
   <si>
     <t>Россия-2035</t>
@@ -371,56 +347,50 @@
   <si>
     <t>ИА ДОМ12P2</t>
   </si>
   <si>
     <t>RU000A1016B4</t>
   </si>
   <si>
     <t>Россиум-001Р-03</t>
   </si>
   <si>
     <t>RU000A1018N5</t>
   </si>
   <si>
     <t>ИА ДОМ13P2</t>
   </si>
   <si>
     <t>RU000A1018T2</t>
   </si>
   <si>
     <t>ИА ДОМ 4P1</t>
   </si>
   <si>
     <t>RU000A1019A0</t>
   </si>
   <si>
-    <t>ИНГРАД 2P2</t>
-[...4 lines deleted...]
-  <si>
     <t>ИА ДОМ 5P1</t>
   </si>
   <si>
     <t>RU000A101JD7</t>
   </si>
   <si>
     <t>ФСК ЕЭС, 001P-05R</t>
   </si>
   <si>
     <t>RU000A101LX1</t>
   </si>
   <si>
     <t>Аптеки 2Р1</t>
   </si>
   <si>
     <t>RU000A101T72</t>
   </si>
   <si>
     <t>ИА ДОМ15P2</t>
   </si>
   <si>
     <t>RU000A101TD6</t>
   </si>
   <si>
     <t>ИА ДОМ14P2</t>
@@ -935,56 +905,50 @@
   <si>
     <t>РФ ЗО 47 Д</t>
   </si>
   <si>
     <t>RU000A10A844</t>
   </si>
   <si>
     <t>РФ ЗО 27 Д</t>
   </si>
   <si>
     <t>RU000A10A851</t>
   </si>
   <si>
     <t>РФ ЗО 28 Д</t>
   </si>
   <si>
     <t>RU000A10A869</t>
   </si>
   <si>
     <t>РФ ЗО 43 Д</t>
   </si>
   <si>
     <t>RU000A10A877</t>
   </si>
   <si>
-    <t>РФ ЗО 25 Е</t>
-[...4 lines deleted...]
-  <si>
     <t>РФ ЗО 36 Е</t>
   </si>
   <si>
     <t>RU000A10A893</t>
   </si>
   <si>
     <t>РФ ЗО 29 Д</t>
   </si>
   <si>
     <t>RU000A10A8A6</t>
   </si>
   <si>
     <t>РФ ЗО 30 Д</t>
   </si>
   <si>
     <t>RU000A10A8E8</t>
   </si>
   <si>
     <t>ИАДОМ 1P51</t>
   </si>
   <si>
     <t>RU000A10AQC0</t>
   </si>
   <si>
     <t>ИАДОМ 1P52</t>
@@ -1001,50 +965,56 @@
   <si>
     <t>ИАДОМ 1P54</t>
   </si>
   <si>
     <t>RU000A10BVS4</t>
   </si>
   <si>
     <t>ИАДОМ 1P55</t>
   </si>
   <si>
     <t>RU000A10C1N2</t>
   </si>
   <si>
     <t>ИАДОМ 1P57</t>
   </si>
   <si>
     <t>RU000A10C1P7</t>
   </si>
   <si>
     <t>ИАДОМ 1P56</t>
   </si>
   <si>
     <t>RU000A10C8J5</t>
   </si>
   <si>
+    <t>ИАДОМ 1P58</t>
+  </si>
+  <si>
+    <t>RU000A10DEA4</t>
+  </si>
+  <si>
     <t>RUSSIA 12 3/4 06/24/28</t>
   </si>
   <si>
     <t>XS0088543193</t>
   </si>
   <si>
     <t>RURAIL 7.487 03/25/31</t>
   </si>
   <si>
     <t>XS0609017917</t>
   </si>
   <si>
     <t>RUSSIA 5 7/8 09/16/43</t>
   </si>
   <si>
     <t>XS0971721963</t>
   </si>
   <si>
     <t>RURAIL 2.2 27</t>
   </si>
   <si>
     <t>XS1843437036</t>
   </si>
   <si>
     <t>GTLKOA 4.949 02/18/26</t>
@@ -1107,62 +1077,50 @@
     <t>XS2384174228</t>
   </si>
   <si>
     <t>PHORRU 2.6 28</t>
   </si>
   <si>
     <t>XS2384719402</t>
   </si>
   <si>
     <t>GMKNRM 2.8 26</t>
   </si>
   <si>
     <t>XS2393505008</t>
   </si>
   <si>
     <t>PGILLN 3.25 28</t>
   </si>
   <si>
     <t>XS2396900685</t>
   </si>
   <si>
     <t>METINR 3.375 28</t>
   </si>
   <si>
     <t>XS2400040973</t>
-  </si>
-[...10 lines deleted...]
-    <t>XS2401571521</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
     <numFmt numFmtId="165" formatCode="#,####0.0000_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1471,2624 +1429,2526 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D183"/>
+  <dimension ref="A1:D176"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="69" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D183" sqref="D183"/>
+      <selection activeCell="D176" sqref="D176"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2">
         <v>78.1563</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2">
-        <v>91.1667</v>
+        <v>87.7233</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2">
-        <v>92.1667</v>
+        <v>84.765</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="2">
-        <v>94.7611</v>
+        <v>93.6399</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="2">
-        <v>98.9534</v>
+        <v>99.3096</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="2">
-        <v>105.4162</v>
+        <v>104.706</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="2">
-        <v>98.4934</v>
+        <v>98.8708</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="2">
-        <v>98.4934</v>
+        <v>98.8708</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" s="2">
         <v>69.375</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="2">
-        <v>96.2961</v>
+        <v>96.7225</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="2">
-        <v>97.625</v>
+        <v>80.5375</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13" s="2">
-        <v>80.1601</v>
+        <v>99.5726</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="2">
-        <v>104.505</v>
+        <v>99.0833</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="2">
-        <v>99.3676</v>
+        <v>100.8287</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="2">
-        <v>99.0833</v>
+        <v>97.425</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="2">
-        <v>100.2863</v>
+        <v>91.0244</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="2">
-        <v>97.9875</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="2">
-        <v>90.2674</v>
+        <v>99.9167</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="2">
-        <v>85.6667</v>
+        <v>99.9167</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="2">
-        <v>99.9167</v>
+        <v>69.6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" t="s">
         <v>46</v>
       </c>
       <c r="D22" s="2">
-        <v>99.9167</v>
+        <v>103.6667</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" t="s">
         <v>48</v>
       </c>
       <c r="D23" s="2">
-        <v>69.6</v>
+        <v>99.1667</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" t="s">
         <v>50</v>
       </c>
       <c r="D24" s="2">
-        <v>103.6667</v>
+        <v>99.5833</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25" t="s">
         <v>52</v>
       </c>
       <c r="D25" s="2">
-        <v>99.25</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" t="s">
         <v>54</v>
       </c>
       <c r="D26" s="2">
-        <v>99.1667</v>
+        <v>99.9167</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" t="s">
         <v>56</v>
       </c>
       <c r="D27" s="2">
-        <v>99.8333</v>
+        <v>99.9167</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" t="s">
         <v>58</v>
       </c>
       <c r="D28" s="2">
-        <v>99.0617</v>
+        <v>103.5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
         <v>59</v>
       </c>
       <c r="C29" t="s">
         <v>60</v>
       </c>
       <c r="D29" s="2">
-        <v>99.75</v>
+        <v>98.3333</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
         <v>61</v>
       </c>
       <c r="C30" t="s">
         <v>62</v>
       </c>
       <c r="D30" s="2">
-        <v>99.75</v>
+        <v>137.865</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>63</v>
       </c>
       <c r="C31" t="s">
         <v>64</v>
       </c>
       <c r="D31" s="2">
-        <v>100.649</v>
+        <v>77.8333</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>65</v>
       </c>
       <c r="C32" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="2">
-        <v>98</v>
+        <v>94.75</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
         <v>67</v>
       </c>
       <c r="C33" t="s">
         <v>68</v>
       </c>
       <c r="D33" s="2">
-        <v>96.285</v>
+        <v>98.317</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" t="s">
         <v>70</v>
       </c>
       <c r="D34" s="2">
-        <v>77.8333</v>
+        <v>86.0787</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
         <v>71</v>
       </c>
       <c r="C35" t="s">
         <v>72</v>
       </c>
       <c r="D35" s="2">
-        <v>95.25</v>
+        <v>95.8813</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="2">
-        <v>98.567</v>
+        <v>89.88</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" t="s">
         <v>76</v>
       </c>
       <c r="D37" s="2">
-        <v>84.8538</v>
+        <v>100.18</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" t="s">
         <v>78</v>
       </c>
       <c r="D38" s="2">
-        <v>95.8813</v>
+        <v>91.6563</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" t="s">
         <v>80</v>
       </c>
       <c r="D39" s="2">
-        <v>88.1525</v>
+        <v>92.1875</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" t="s">
         <v>82</v>
       </c>
       <c r="D40" s="2">
-        <v>100.1825</v>
+        <v>90.7575</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" t="s">
         <v>84</v>
       </c>
       <c r="D41" s="2">
-        <v>90.68</v>
+        <v>95.5313</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" t="s">
         <v>86</v>
       </c>
       <c r="D42" s="2">
-        <v>96.3333</v>
+        <v>96.6667</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" t="s">
         <v>88</v>
       </c>
       <c r="D43" s="2">
-        <v>90.6663</v>
+        <v>87.0625</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B44" t="s">
         <v>89</v>
       </c>
       <c r="C44" t="s">
         <v>90</v>
       </c>
       <c r="D44" s="2">
-        <v>88.3613</v>
+        <v>93.3313</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" t="s">
         <v>92</v>
       </c>
       <c r="D45" s="2">
-        <v>95.5313</v>
+        <v>91.1338</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" t="s">
         <v>94</v>
       </c>
       <c r="D46" s="2">
-        <v>96.5833</v>
+        <v>97.8333</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" t="s">
         <v>96</v>
       </c>
       <c r="D47" s="2">
-        <v>85.481</v>
+        <v>84.485</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48" t="s">
         <v>98</v>
       </c>
       <c r="D48" s="2">
-        <v>93.39</v>
+        <v>88.825</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" t="s">
         <v>100</v>
       </c>
       <c r="D49" s="2">
-        <v>89.9775</v>
+        <v>99.6733</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" t="s">
         <v>102</v>
       </c>
       <c r="D50" s="2">
-        <v>98.1667</v>
+        <v>99.6667</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" t="s">
         <v>104</v>
       </c>
       <c r="D51" s="2">
-        <v>83.36</v>
+        <v>85.2419</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" t="s">
         <v>106</v>
       </c>
       <c r="D52" s="2">
-        <v>87.976</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53" t="s">
         <v>108</v>
       </c>
       <c r="D53" s="2">
-        <v>99.6733</v>
+        <v>88.614</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54" t="s">
         <v>110</v>
       </c>
       <c r="D54" s="2">
-        <v>99.6667</v>
+        <v>84.326</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" t="s">
         <v>112</v>
       </c>
       <c r="D55" s="2">
-        <v>85.1449</v>
+        <v>81.749</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" t="s">
         <v>114</v>
       </c>
       <c r="D56" s="2">
-        <v>100</v>
+        <v>98.7857</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" t="s">
         <v>116</v>
       </c>
       <c r="D57" s="2">
-        <v>88.185</v>
+        <v>100.0417</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" t="s">
         <v>118</v>
       </c>
       <c r="D58" s="2">
-        <v>79.144</v>
+        <v>81.2938</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" t="s">
         <v>120</v>
       </c>
       <c r="D59" s="2">
-        <v>98.6667</v>
+        <v>78.9563</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" t="s">
         <v>122</v>
       </c>
       <c r="D60" s="2">
-        <v>80.902</v>
+        <v>92.3333</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" t="s">
         <v>124</v>
       </c>
       <c r="D61" s="2">
-        <v>96.119</v>
+        <v>92.3333</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" t="s">
         <v>126</v>
       </c>
       <c r="D62" s="2">
-        <v>100.0417</v>
+        <v>78.626</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" t="s">
         <v>128</v>
       </c>
       <c r="D63" s="2">
-        <v>80.4913</v>
+        <v>85.6667</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" t="s">
         <v>130</v>
       </c>
       <c r="D64" s="2">
-        <v>78.6343</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B65" t="s">
         <v>131</v>
       </c>
       <c r="C65" t="s">
         <v>132</v>
       </c>
       <c r="D65" s="2">
-        <v>92.3333</v>
+        <v>78.045</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B66" t="s">
         <v>133</v>
       </c>
       <c r="C66" t="s">
         <v>134</v>
       </c>
       <c r="D66" s="2">
-        <v>92.3333</v>
+        <v>100.55</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B67" t="s">
         <v>135</v>
       </c>
       <c r="C67" t="s">
         <v>136</v>
       </c>
       <c r="D67" s="2">
-        <v>78.107</v>
+        <v>100.4667</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" t="s">
         <v>138</v>
       </c>
       <c r="D68" s="2">
-        <v>85.3333</v>
+        <v>81.285</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
       <c r="C69" t="s">
         <v>140</v>
       </c>
       <c r="D69" s="2">
-        <v>72.5</v>
+        <v>73.3325</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B70" t="s">
         <v>141</v>
       </c>
       <c r="C70" t="s">
         <v>142</v>
       </c>
       <c r="D70" s="2">
-        <v>76.8963</v>
+        <v>98.6667</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B71" t="s">
         <v>143</v>
       </c>
       <c r="C71" t="s">
         <v>144</v>
       </c>
       <c r="D71" s="2">
-        <v>100.45</v>
+        <v>78.18</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B72" t="s">
         <v>145</v>
       </c>
       <c r="C72" t="s">
         <v>146</v>
       </c>
       <c r="D72" s="2">
-        <v>100.3667</v>
+        <v>83.5738</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B73" t="s">
         <v>147</v>
       </c>
       <c r="C73" t="s">
         <v>148</v>
       </c>
       <c r="D73" s="2">
-        <v>79.6375</v>
+        <v>83.138</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B74" t="s">
         <v>149</v>
       </c>
       <c r="C74" t="s">
         <v>150</v>
       </c>
       <c r="D74" s="2">
-        <v>73.0585</v>
+        <v>80.6625</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
       <c r="C75" t="s">
         <v>152</v>
       </c>
       <c r="D75" s="2">
-        <v>98.6667</v>
+        <v>84.0538</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
       <c r="C76" t="s">
         <v>154</v>
       </c>
       <c r="D76" s="2">
-        <v>77.1475</v>
+        <v>82.5158</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
       <c r="C77" t="s">
         <v>156</v>
       </c>
       <c r="D77" s="2">
-        <v>82.55</v>
+        <v>98.4974</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" t="s">
         <v>158</v>
       </c>
       <c r="D78" s="2">
-        <v>83.025</v>
+        <v>82.7325</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" t="s">
         <v>160</v>
       </c>
       <c r="D79" s="2">
-        <v>79.1413</v>
+        <v>77.2379</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" t="s">
         <v>162</v>
       </c>
       <c r="D80" s="2">
-        <v>82.5675</v>
+        <v>80.7825</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B81" t="s">
         <v>163</v>
       </c>
       <c r="C81" t="s">
         <v>164</v>
       </c>
       <c r="D81" s="2">
-        <v>81.8875</v>
+        <v>77.53</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B82" t="s">
         <v>165</v>
       </c>
       <c r="C82" t="s">
         <v>166</v>
       </c>
       <c r="D82" s="2">
-        <v>98.4974</v>
+        <v>97.8468</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B83" t="s">
         <v>167</v>
       </c>
       <c r="C83" t="s">
         <v>168</v>
       </c>
       <c r="D83" s="2">
-        <v>81.8338</v>
+        <v>82.196</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B84" t="s">
         <v>169</v>
       </c>
       <c r="C84" t="s">
         <v>170</v>
       </c>
       <c r="D84" s="2">
-        <v>76.9899</v>
+        <v>80.7562</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B85" t="s">
         <v>171</v>
       </c>
       <c r="C85" t="s">
         <v>172</v>
       </c>
       <c r="D85" s="2">
-        <v>79.9813</v>
+        <v>84.938</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B86" t="s">
         <v>173</v>
       </c>
       <c r="C86" t="s">
         <v>174</v>
       </c>
       <c r="D86" s="2">
-        <v>76.455</v>
+        <v>80.5271</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B87" t="s">
         <v>175</v>
       </c>
       <c r="C87" t="s">
         <v>176</v>
       </c>
       <c r="D87" s="2">
-        <v>97.8368</v>
+        <v>101.3333</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B88" t="s">
         <v>177</v>
       </c>
       <c r="C88" t="s">
         <v>178</v>
       </c>
       <c r="D88" s="2">
-        <v>81.952</v>
+        <v>97.5384</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B89" t="s">
         <v>179</v>
       </c>
       <c r="C89" t="s">
         <v>180</v>
       </c>
       <c r="D89" s="2">
-        <v>79.7863</v>
+        <v>100.125</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B90" t="s">
         <v>181</v>
       </c>
       <c r="C90" t="s">
         <v>182</v>
       </c>
       <c r="D90" s="2">
-        <v>84.104</v>
+        <v>98.3364</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B91" t="s">
         <v>183</v>
       </c>
       <c r="C91" t="s">
         <v>184</v>
       </c>
       <c r="D91" s="2">
-        <v>80.1121</v>
+        <v>85.098</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B92" t="s">
         <v>185</v>
       </c>
       <c r="C92" t="s">
         <v>186</v>
       </c>
       <c r="D92" s="2">
-        <v>101.3333</v>
+        <v>98.1017</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B93" t="s">
         <v>187</v>
       </c>
       <c r="C93" t="s">
         <v>188</v>
       </c>
       <c r="D93" s="2">
-        <v>97.5274</v>
+        <v>97.3125</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B94" t="s">
         <v>189</v>
       </c>
       <c r="C94" t="s">
         <v>190</v>
       </c>
       <c r="D94" s="2">
-        <v>100.875</v>
+        <v>82.891</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B95" t="s">
         <v>191</v>
       </c>
       <c r="C95" t="s">
         <v>192</v>
       </c>
       <c r="D95" s="2">
-        <v>98.3334</v>
+        <v>97.9582</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B96" t="s">
         <v>193</v>
       </c>
       <c r="C96" t="s">
         <v>194</v>
       </c>
       <c r="D96" s="2">
-        <v>83.267</v>
+        <v>92</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B97" t="s">
         <v>195</v>
       </c>
       <c r="C97" t="s">
         <v>196</v>
       </c>
       <c r="D97" s="2">
-        <v>98.405</v>
+        <v>87.8676</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B98" t="s">
         <v>197</v>
       </c>
       <c r="C98" t="s">
         <v>198</v>
       </c>
       <c r="D98" s="2">
-        <v>96.5903</v>
+        <v>85.8333</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B99" t="s">
         <v>199</v>
       </c>
       <c r="C99" t="s">
         <v>200</v>
       </c>
       <c r="D99" s="2">
-        <v>81.433</v>
+        <v>91.9113</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B100" t="s">
         <v>201</v>
       </c>
       <c r="C100" t="s">
         <v>202</v>
       </c>
       <c r="D100" s="2">
-        <v>97.9572</v>
+        <v>83.176</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B101" t="s">
         <v>203</v>
       </c>
       <c r="C101" t="s">
         <v>204</v>
       </c>
       <c r="D101" s="2">
-        <v>92</v>
+        <v>82.4232</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>205</v>
       </c>
       <c r="C102" t="s">
         <v>206</v>
       </c>
       <c r="D102" s="2">
-        <v>87.0501</v>
+        <v>79.9043</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B103" t="s">
         <v>207</v>
       </c>
       <c r="C103" t="s">
         <v>208</v>
       </c>
       <c r="D103" s="2">
-        <v>85.8333</v>
+        <v>88.558</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B104" t="s">
         <v>209</v>
       </c>
       <c r="C104" t="s">
         <v>210</v>
       </c>
       <c r="D104" s="2">
-        <v>90.5282</v>
+        <v>97.5208</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B105" t="s">
         <v>211</v>
       </c>
       <c r="C105" t="s">
         <v>212</v>
       </c>
       <c r="D105" s="2">
-        <v>82.074</v>
+        <v>82.752</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B106" t="s">
         <v>213</v>
       </c>
       <c r="C106" t="s">
         <v>214</v>
       </c>
       <c r="D106" s="2">
-        <v>81.2744</v>
+        <v>96.5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B107" t="s">
         <v>215</v>
       </c>
       <c r="C107" t="s">
         <v>216</v>
       </c>
       <c r="D107" s="2">
-        <v>79.3933</v>
+        <v>99</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B108" t="s">
         <v>217</v>
       </c>
       <c r="C108" t="s">
         <v>218</v>
       </c>
       <c r="D108" s="2">
-        <v>87.358</v>
+        <v>101.04</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B109" t="s">
         <v>219</v>
       </c>
       <c r="C109" t="s">
         <v>220</v>
       </c>
       <c r="D109" s="2">
-        <v>97.5088</v>
+        <v>87.485</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B110" t="s">
         <v>221</v>
       </c>
       <c r="C110" t="s">
         <v>222</v>
       </c>
       <c r="D110" s="2">
-        <v>81.823</v>
+        <v>85.322</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B111" t="s">
         <v>223</v>
       </c>
       <c r="C111" t="s">
         <v>224</v>
       </c>
       <c r="D111" s="2">
-        <v>97.345</v>
+        <v>98.2732</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B112" t="s">
         <v>225</v>
       </c>
       <c r="C112" t="s">
         <v>226</v>
       </c>
       <c r="D112" s="2">
-        <v>99</v>
+        <v>83.34</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B113" t="s">
         <v>227</v>
       </c>
       <c r="C113" t="s">
         <v>228</v>
       </c>
       <c r="D113" s="2">
-        <v>101.038</v>
+        <v>85.56</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B114" t="s">
         <v>229</v>
       </c>
       <c r="C114" t="s">
         <v>230</v>
       </c>
       <c r="D114" s="2">
-        <v>86.523</v>
+        <v>98.8192</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B115" t="s">
         <v>231</v>
       </c>
       <c r="C115" t="s">
         <v>232</v>
       </c>
       <c r="D115" s="2">
-        <v>83.174</v>
+        <v>88.193</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B116" t="s">
         <v>233</v>
       </c>
       <c r="C116" t="s">
         <v>234</v>
       </c>
       <c r="D116" s="2">
-        <v>98.2652</v>
+        <v>97.275</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B117" t="s">
         <v>235</v>
       </c>
       <c r="C117" t="s">
         <v>236</v>
       </c>
       <c r="D117" s="2">
-        <v>82.315</v>
+        <v>82.8599</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B118" t="s">
         <v>237</v>
       </c>
       <c r="C118" t="s">
         <v>238</v>
       </c>
       <c r="D118" s="2">
-        <v>84.661</v>
+        <v>77.5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B119" t="s">
         <v>239</v>
       </c>
       <c r="C119" t="s">
         <v>240</v>
       </c>
       <c r="D119" s="2">
-        <v>98.8112</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B120" t="s">
         <v>241</v>
       </c>
       <c r="C120" t="s">
         <v>242</v>
       </c>
       <c r="D120" s="2">
-        <v>86.31</v>
+        <v>90.4237</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B121" t="s">
         <v>243</v>
       </c>
       <c r="C121" t="s">
         <v>244</v>
       </c>
       <c r="D121" s="2">
-        <v>96.62</v>
+        <v>101.085</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B122" t="s">
         <v>245</v>
       </c>
       <c r="C122" t="s">
         <v>246</v>
       </c>
       <c r="D122" s="2">
-        <v>81.9969</v>
+        <v>85.6413</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" t="s">
         <v>248</v>
       </c>
       <c r="D123" s="2">
-        <v>77.5</v>
+        <v>81.4963</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B124" t="s">
         <v>249</v>
       </c>
       <c r="C124" t="s">
         <v>250</v>
       </c>
       <c r="D124" s="2">
-        <v>100</v>
+        <v>100.3333</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B125" t="s">
         <v>251</v>
       </c>
       <c r="C125" t="s">
         <v>252</v>
       </c>
       <c r="D125" s="2">
-        <v>88.7475</v>
+        <v>99.1413</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B126" t="s">
         <v>253</v>
       </c>
       <c r="C126" t="s">
         <v>254</v>
       </c>
       <c r="D126" s="2">
-        <v>101.2075</v>
+        <v>99.6667</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B127" t="s">
         <v>255</v>
       </c>
       <c r="C127" t="s">
         <v>256</v>
       </c>
       <c r="D127" s="2">
-        <v>85.2187</v>
+        <v>91.25</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B128" t="s">
         <v>257</v>
       </c>
       <c r="C128" t="s">
         <v>258</v>
       </c>
       <c r="D128" s="2">
-        <v>80.2</v>
+        <v>96.462</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B129" t="s">
         <v>259</v>
       </c>
       <c r="C129" t="s">
         <v>260</v>
       </c>
       <c r="D129" s="2">
-        <v>100.3333</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B130" t="s">
         <v>261</v>
       </c>
       <c r="C130" t="s">
         <v>262</v>
       </c>
       <c r="D130" s="2">
-        <v>94.8</v>
+        <v>91.608</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B131" t="s">
         <v>263</v>
       </c>
       <c r="C131" t="s">
         <v>264</v>
       </c>
       <c r="D131" s="2">
-        <v>99.6667</v>
+        <v>99.5167</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B132" t="s">
         <v>265</v>
       </c>
       <c r="C132" t="s">
         <v>266</v>
       </c>
       <c r="D132" s="2">
-        <v>91.25</v>
+        <v>98.409</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B133" t="s">
         <v>267</v>
       </c>
       <c r="C133" t="s">
         <v>268</v>
       </c>
       <c r="D133" s="2">
-        <v>95.778</v>
+        <v>97.32</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B134" t="s">
         <v>269</v>
       </c>
       <c r="C134" t="s">
         <v>270</v>
       </c>
       <c r="D134" s="2">
-        <v>100</v>
+        <v>92.5025</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B135" t="s">
         <v>271</v>
       </c>
       <c r="C135" t="s">
         <v>272</v>
       </c>
       <c r="D135" s="2">
-        <v>91.421</v>
+        <v>100.325</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B136" t="s">
         <v>273</v>
       </c>
       <c r="C136" t="s">
         <v>274</v>
       </c>
       <c r="D136" s="2">
-        <v>99.5167</v>
+        <v>83.7538</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B137" t="s">
         <v>275</v>
       </c>
       <c r="C137" t="s">
         <v>276</v>
       </c>
       <c r="D137" s="2">
-        <v>98.4203</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B138" t="s">
         <v>277</v>
       </c>
       <c r="C138" t="s">
         <v>278</v>
       </c>
       <c r="D138" s="2">
-        <v>97.7825</v>
+        <v>94.3333</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B139" t="s">
         <v>279</v>
       </c>
       <c r="C139" t="s">
         <v>280</v>
       </c>
       <c r="D139" s="2">
-        <v>94.3487</v>
+        <v>85.21</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B140" t="s">
         <v>281</v>
       </c>
       <c r="C140" t="s">
         <v>282</v>
       </c>
       <c r="D140" s="2">
-        <v>100.328</v>
+        <v>85.95</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B141" t="s">
         <v>283</v>
       </c>
       <c r="C141" t="s">
         <v>284</v>
       </c>
       <c r="D141" s="2">
-        <v>81.9638</v>
+        <v>99.1167</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B142" t="s">
         <v>285</v>
       </c>
       <c r="C142" t="s">
         <v>286</v>
       </c>
       <c r="D142" s="2">
-        <v>100</v>
+        <v>89.1868</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B143" t="s">
         <v>287</v>
       </c>
       <c r="C143" t="s">
         <v>288</v>
       </c>
       <c r="D143" s="2">
-        <v>94.3333</v>
+        <v>69.68</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B144" t="s">
         <v>289</v>
       </c>
       <c r="C144" t="s">
         <v>290</v>
       </c>
       <c r="D144" s="2">
-        <v>84.7096</v>
+        <v>79.31</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B145" t="s">
         <v>291</v>
       </c>
       <c r="C145" t="s">
         <v>292</v>
       </c>
       <c r="D145" s="2">
-        <v>84.91</v>
+        <v>97.0417</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B146" t="s">
         <v>293</v>
       </c>
       <c r="C146" t="s">
         <v>294</v>
       </c>
       <c r="D146" s="2">
-        <v>98.2633</v>
+        <v>117.6676</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B147" t="s">
         <v>295</v>
       </c>
       <c r="C147" t="s">
         <v>296</v>
       </c>
       <c r="D147" s="2">
-        <v>87.9</v>
+        <v>87.59</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B148" t="s">
         <v>297</v>
       </c>
       <c r="C148" t="s">
         <v>298</v>
       </c>
       <c r="D148" s="2">
-        <v>69.86</v>
+        <v>66.75</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B149" t="s">
         <v>299</v>
       </c>
       <c r="C149" t="s">
         <v>300</v>
       </c>
       <c r="D149" s="2">
-        <v>79.16</v>
+        <v>93.425</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B150" t="s">
         <v>301</v>
       </c>
       <c r="C150" t="s">
         <v>302</v>
       </c>
       <c r="D150" s="2">
-        <v>96.6083</v>
+        <v>102.5333</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B151" t="s">
         <v>303</v>
       </c>
       <c r="C151" t="s">
         <v>304</v>
       </c>
       <c r="D151" s="2">
-        <v>118.0068</v>
+        <v>83.0088</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B152" t="s">
         <v>305</v>
       </c>
       <c r="C152" t="s">
         <v>306</v>
       </c>
       <c r="D152" s="2">
-        <v>87.35</v>
+        <v>97.275</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B153" t="s">
         <v>307</v>
       </c>
       <c r="C153" t="s">
         <v>308</v>
       </c>
       <c r="D153" s="2">
-        <v>97.19</v>
+        <v>98.6183</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B154" t="s">
         <v>309</v>
       </c>
       <c r="C154" t="s">
         <v>310</v>
       </c>
       <c r="D154" s="2">
-        <v>67.23</v>
+        <v>99.815</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B155" t="s">
         <v>311</v>
       </c>
       <c r="C155" t="s">
         <v>312</v>
       </c>
       <c r="D155" s="2">
-        <v>92.775</v>
+        <v>97.4583</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B156" t="s">
         <v>313</v>
       </c>
       <c r="C156" t="s">
         <v>314</v>
       </c>
       <c r="D156" s="2">
-        <v>102.1573</v>
+        <v>98.1767</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B157" t="s">
         <v>315</v>
       </c>
       <c r="C157" t="s">
         <v>316</v>
       </c>
       <c r="D157" s="2">
-        <v>81.245</v>
+        <v>83.4</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B158" t="s">
         <v>317</v>
       </c>
       <c r="C158" t="s">
         <v>318</v>
       </c>
       <c r="D158" s="2">
-        <v>95.8825</v>
+        <v>99.92</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B159" t="s">
         <v>319</v>
       </c>
       <c r="C159" t="s">
         <v>320</v>
       </c>
       <c r="D159" s="2">
-        <v>98.6367</v>
+        <v>119.3333</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B160" t="s">
         <v>321</v>
       </c>
       <c r="C160" t="s">
         <v>322</v>
       </c>
       <c r="D160" s="2">
-        <v>99.7688</v>
+        <v>90.3</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B161" t="s">
         <v>323</v>
       </c>
       <c r="C161" t="s">
         <v>324</v>
       </c>
       <c r="D161" s="2">
-        <v>97.105</v>
+        <v>92.1667</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B162" t="s">
         <v>325</v>
       </c>
       <c r="C162" t="s">
         <v>326</v>
       </c>
       <c r="D162" s="2">
-        <v>94.9367</v>
+        <v>87.0625</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B163" t="s">
         <v>327</v>
       </c>
       <c r="C163" t="s">
         <v>328</v>
       </c>
       <c r="D163" s="2">
-        <v>83.11</v>
+        <v>86.6667</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B164" t="s">
         <v>329</v>
       </c>
       <c r="C164" t="s">
         <v>330</v>
       </c>
       <c r="D164" s="2">
-        <v>117.8333</v>
+        <v>87.6667</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B165" t="s">
         <v>331</v>
       </c>
       <c r="C165" t="s">
         <v>332</v>
       </c>
       <c r="D165" s="2">
-        <v>90</v>
+        <v>88.3333</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B166" t="s">
         <v>333</v>
       </c>
       <c r="C166" t="s">
         <v>334</v>
       </c>
       <c r="D166" s="2">
-        <v>90.8333</v>
+        <v>78.4375</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B167" t="s">
         <v>335</v>
       </c>
       <c r="C167" t="s">
         <v>336</v>
       </c>
       <c r="D167" s="2">
-        <v>87.0625</v>
+        <v>78</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B168" t="s">
         <v>337</v>
       </c>
       <c r="C168" t="s">
         <v>338</v>
       </c>
       <c r="D168" s="2">
-        <v>86.6667</v>
+        <v>87.775</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B169" t="s">
         <v>339</v>
       </c>
       <c r="C169" t="s">
         <v>340</v>
       </c>
       <c r="D169" s="2">
-        <v>87.6667</v>
+        <v>88.75</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B170" t="s">
         <v>341</v>
       </c>
       <c r="C170" t="s">
         <v>342</v>
       </c>
       <c r="D170" s="2">
-        <v>88.5</v>
+        <v>86.1667</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B171" t="s">
         <v>343</v>
       </c>
       <c r="C171" t="s">
         <v>344</v>
       </c>
       <c r="D171" s="2">
-        <v>78.4375</v>
+        <v>86.1</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B172" t="s">
         <v>345</v>
       </c>
       <c r="C172" t="s">
         <v>346</v>
       </c>
       <c r="D172" s="2">
-        <v>78</v>
+        <v>93.3333</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B173" t="s">
         <v>347</v>
       </c>
       <c r="C173" t="s">
         <v>348</v>
       </c>
       <c r="D173" s="2">
-        <v>87.775</v>
+        <v>77.1667</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B174" t="s">
         <v>349</v>
       </c>
       <c r="C174" t="s">
         <v>350</v>
       </c>
       <c r="D174" s="2">
-        <v>88.75</v>
+        <v>83.5</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B175" t="s">
         <v>351</v>
       </c>
       <c r="C175" t="s">
         <v>352</v>
       </c>
       <c r="D175" s="2">
-        <v>86.1667</v>
+        <v>83.2583</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B176" t="s">
         <v>353</v>
       </c>
       <c r="C176" t="s">
         <v>354</v>
       </c>
       <c r="D176" s="2">
-        <v>86.1</v>
-[...68 lines deleted...]
-      <c r="D181" s="2">
         <v>84.1667</v>
-      </c>
-[...26 lines deleted...]
-        <v>86.875</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>