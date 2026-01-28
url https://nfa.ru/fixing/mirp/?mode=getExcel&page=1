--- v1 (2025-12-12)
+++ v2 (2026-01-28)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="mirp" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>MIRP</t>
   </si>
   <si>
-    <t>11.12.2025</t>
+    <t>27.01.2026</t>
   </si>
   <si>
     <t>RURAIL 1.195 28</t>
   </si>
   <si>
     <t>CH0419041634</t>
   </si>
   <si>
     <t>СЗКК, 03</t>
   </si>
   <si>
     <t>RU000A0JRU20</t>
   </si>
   <si>
     <t>СЗКК, 04</t>
   </si>
   <si>
     <t>RU000A0JRU46</t>
   </si>
   <si>
     <t>Западный скоростной диаметр, 03</t>
   </si>
   <si>
     <t>RU000A0JS4J1</t>
   </si>
@@ -215,56 +215,50 @@
   <si>
     <t>Роснефть-002Р-03</t>
   </si>
   <si>
     <t>RU000A0ZYLG5</t>
   </si>
   <si>
     <t>ДОМРФИА 03</t>
   </si>
   <si>
     <t>RU000A0ZYLX0</t>
   </si>
   <si>
     <t>Вертолеты России, БО-03</t>
   </si>
   <si>
     <t>RU000A0ZYMN9</t>
   </si>
   <si>
     <t>RUSSIA 4 3/8 03/21/29</t>
   </si>
   <si>
     <t>RU000A0ZYYN4</t>
   </si>
   <si>
-    <t>ДОМ.РФ, 001P-04R</t>
-[...4 lines deleted...]
-  <si>
     <t>ИА ДОМ 5P2</t>
   </si>
   <si>
     <t>RU000A0ZZCH9</t>
   </si>
   <si>
     <t>Россиум-001Р-01</t>
   </si>
   <si>
     <t>RU000A0ZZCX6</t>
   </si>
   <si>
     <t>ИА ДОМ 4P2</t>
   </si>
   <si>
     <t>RU000A0ZZNW5</t>
   </si>
   <si>
     <t>РЖД, 001P-09R</t>
   </si>
   <si>
     <t>RU000A0ZZRY2</t>
   </si>
   <si>
     <t>ИА ДОМ 6P2</t>
@@ -653,56 +647,50 @@
   <si>
     <t>ИАДОМ 1P24</t>
   </si>
   <si>
     <t>RU000A105CB7</t>
   </si>
   <si>
     <t>ИАДОМ 1P25</t>
   </si>
   <si>
     <t>RU000A105H23</t>
   </si>
   <si>
     <t>ИАДОМ 1P26</t>
   </si>
   <si>
     <t>RU000A105JF3</t>
   </si>
   <si>
     <t>ИАДОМ 1P27</t>
   </si>
   <si>
     <t>RU000A105LN3</t>
   </si>
   <si>
-    <t>НорНикель-БО-001Р-05-CNY</t>
-[...4 lines deleted...]
-  <si>
     <t>РОССИУМ-003P-01</t>
   </si>
   <si>
     <t>RU000A105N58</t>
   </si>
   <si>
     <t>ИАДОМ 1P29</t>
   </si>
   <si>
     <t>RU000A105NN9</t>
   </si>
   <si>
     <t>ИАДОМ 1P30</t>
   </si>
   <si>
     <t>RU000A105NP4</t>
   </si>
   <si>
     <t>ИАДОМ 1P31</t>
   </si>
   <si>
     <t>RU000A105NY6</t>
   </si>
   <si>
     <t>ИАДОМ 1P32</t>
@@ -971,90 +959,102 @@
   <si>
     <t>ИАДОМ 1P55</t>
   </si>
   <si>
     <t>RU000A10C1N2</t>
   </si>
   <si>
     <t>ИАДОМ 1P57</t>
   </si>
   <si>
     <t>RU000A10C1P7</t>
   </si>
   <si>
     <t>ИАДОМ 1P56</t>
   </si>
   <si>
     <t>RU000A10C8J5</t>
   </si>
   <si>
     <t>ИАДОМ 1P58</t>
   </si>
   <si>
     <t>RU000A10DEA4</t>
   </si>
   <si>
+    <t>ИАДОМ 1P60</t>
+  </si>
+  <si>
+    <t>RU000A10DWX8</t>
+  </si>
+  <si>
+    <t>ИАДОМ 1P59</t>
+  </si>
+  <si>
+    <t>RU000A10DX10</t>
+  </si>
+  <si>
+    <t>ИАДОМ 1P35</t>
+  </si>
+  <si>
+    <t>RU000A10DYJ3</t>
+  </si>
+  <si>
     <t>RUSSIA 12 3/4 06/24/28</t>
   </si>
   <si>
     <t>XS0088543193</t>
   </si>
   <si>
     <t>RURAIL 7.487 03/25/31</t>
   </si>
   <si>
     <t>XS0609017917</t>
   </si>
   <si>
     <t>RUSSIA 5 7/8 09/16/43</t>
   </si>
   <si>
     <t>XS0971721963</t>
   </si>
   <si>
     <t>RURAIL 2.2 27</t>
   </si>
   <si>
     <t>XS1843437036</t>
   </si>
   <si>
     <t>GTLKOA 4.949 02/18/26</t>
   </si>
   <si>
     <t>XS2010044381</t>
   </si>
   <si>
     <t>GTLKOA 4.65 03/10/27</t>
   </si>
   <si>
     <t>XS2131995958</t>
-  </si>
-[...4 lines deleted...]
-    <t>XS2159874002</t>
   </si>
   <si>
     <t>GTLKOA 4.8 28</t>
   </si>
   <si>
     <t>XS2249778247</t>
   </si>
   <si>
     <t>VIP 3.375 27</t>
   </si>
   <si>
     <t>XS2252958751</t>
   </si>
   <si>
     <t>RURAIL 6.598 28</t>
   </si>
   <si>
     <t>XS2271376498</t>
   </si>
   <si>
     <t>RURAIL 7.45 28</t>
   </si>
   <si>
     <t>XS2318748956</t>
   </si>
@@ -1468,2487 +1468,2487 @@
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2">
-        <v>78.1563</v>
+        <v>77.3333</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2">
-        <v>87.7233</v>
+        <v>89.7867</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2">
-        <v>84.765</v>
+        <v>87.88</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="2">
-        <v>93.6399</v>
+        <v>97.3815</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="2">
-        <v>99.3096</v>
+        <v>95.9695</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="2">
-        <v>104.706</v>
+        <v>104.493</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="2">
-        <v>98.8708</v>
+        <v>99.2708</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="2">
-        <v>98.8708</v>
+        <v>99.2708</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" s="2">
-        <v>69.375</v>
+        <v>71.875</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="2">
-        <v>96.7225</v>
+        <v>97.5781</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="2">
-        <v>80.5375</v>
+        <v>80.9375</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13" s="2">
-        <v>99.5726</v>
+        <v>99.5226</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="2">
         <v>99.0833</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="2">
-        <v>100.8287</v>
+        <v>99.51</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="2">
-        <v>97.425</v>
+        <v>98.4833</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="2">
-        <v>91.0244</v>
+        <v>91.7494</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="2">
-        <v>85</v>
+        <v>87.6667</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="2">
         <v>99.9167</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="2">
         <v>99.9167</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="2">
-        <v>69.6</v>
+        <v>71.6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" t="s">
         <v>46</v>
       </c>
       <c r="D22" s="2">
         <v>103.6667</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" t="s">
         <v>48</v>
       </c>
       <c r="D23" s="2">
-        <v>99.1667</v>
+        <v>100.1667</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" t="s">
         <v>50</v>
       </c>
       <c r="D24" s="2">
         <v>99.5833</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25" t="s">
         <v>52</v>
       </c>
       <c r="D25" s="2">
-        <v>101.5</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" t="s">
         <v>54</v>
       </c>
       <c r="D26" s="2">
         <v>99.9167</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" t="s">
         <v>56</v>
       </c>
       <c r="D27" s="2">
         <v>99.9167</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" t="s">
         <v>58</v>
       </c>
       <c r="D28" s="2">
-        <v>103.5</v>
+        <v>110.223</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
         <v>59</v>
       </c>
       <c r="C29" t="s">
         <v>60</v>
       </c>
       <c r="D29" s="2">
-        <v>98.3333</v>
+        <v>99.5833</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
         <v>61</v>
       </c>
       <c r="C30" t="s">
         <v>62</v>
       </c>
       <c r="D30" s="2">
-        <v>137.865</v>
+        <v>126.0562</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>63</v>
       </c>
       <c r="C31" t="s">
         <v>64</v>
       </c>
       <c r="D31" s="2">
-        <v>77.8333</v>
+        <v>82.8333</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>65</v>
       </c>
       <c r="C32" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="2">
-        <v>94.75</v>
+        <v>94.625</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
         <v>67</v>
       </c>
       <c r="C33" t="s">
         <v>68</v>
       </c>
       <c r="D33" s="2">
-        <v>98.317</v>
+        <v>85.515</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" t="s">
         <v>70</v>
       </c>
       <c r="D34" s="2">
-        <v>86.0787</v>
+        <v>93.2563</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
         <v>71</v>
       </c>
       <c r="C35" t="s">
         <v>72</v>
       </c>
       <c r="D35" s="2">
-        <v>95.8813</v>
+        <v>89.4838</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="2">
-        <v>89.88</v>
+        <v>100.365</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" t="s">
         <v>76</v>
       </c>
       <c r="D37" s="2">
-        <v>100.18</v>
+        <v>91.9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" t="s">
         <v>78</v>
       </c>
       <c r="D38" s="2">
-        <v>91.6563</v>
+        <v>91.8563</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" t="s">
         <v>80</v>
       </c>
       <c r="D39" s="2">
-        <v>92.1875</v>
+        <v>89.495</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" t="s">
         <v>82</v>
       </c>
       <c r="D40" s="2">
-        <v>90.7575</v>
+        <v>94.2813</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" t="s">
         <v>84</v>
       </c>
       <c r="D41" s="2">
-        <v>95.5313</v>
+        <v>96.1667</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" t="s">
         <v>86</v>
       </c>
       <c r="D42" s="2">
-        <v>96.6667</v>
+        <v>84.75</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" t="s">
         <v>88</v>
       </c>
       <c r="D43" s="2">
-        <v>87.0625</v>
+        <v>95.23</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B44" t="s">
         <v>89</v>
       </c>
       <c r="C44" t="s">
         <v>90</v>
       </c>
       <c r="D44" s="2">
-        <v>93.3313</v>
+        <v>90.7088</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" t="s">
         <v>92</v>
       </c>
       <c r="D45" s="2">
-        <v>91.1338</v>
+        <v>97.75</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" t="s">
         <v>94</v>
       </c>
       <c r="D46" s="2">
-        <v>97.8333</v>
+        <v>83.529</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" t="s">
         <v>96</v>
       </c>
       <c r="D47" s="2">
-        <v>84.485</v>
+        <v>88.385</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48" t="s">
         <v>98</v>
       </c>
       <c r="D48" s="2">
-        <v>88.825</v>
+        <v>99.84</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" t="s">
         <v>100</v>
       </c>
       <c r="D49" s="2">
-        <v>99.6733</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" t="s">
         <v>102</v>
       </c>
       <c r="D50" s="2">
-        <v>99.6667</v>
+        <v>85.6879</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" t="s">
         <v>104</v>
       </c>
       <c r="D51" s="2">
-        <v>85.2419</v>
+        <v>98.3333</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" t="s">
         <v>106</v>
       </c>
       <c r="D52" s="2">
-        <v>100</v>
+        <v>89.687</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53" t="s">
         <v>108</v>
       </c>
       <c r="D53" s="2">
-        <v>88.614</v>
+        <v>84.902</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54" t="s">
         <v>110</v>
       </c>
       <c r="D54" s="2">
-        <v>84.326</v>
+        <v>81.387</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" t="s">
         <v>112</v>
       </c>
       <c r="D55" s="2">
-        <v>81.749</v>
+        <v>98.4107</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" t="s">
         <v>114</v>
       </c>
       <c r="D56" s="2">
-        <v>98.7857</v>
+        <v>100.375</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" t="s">
         <v>116</v>
       </c>
       <c r="D57" s="2">
-        <v>100.0417</v>
+        <v>81.4987</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" t="s">
         <v>118</v>
       </c>
       <c r="D58" s="2">
-        <v>81.2938</v>
+        <v>79.7361</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" t="s">
         <v>120</v>
       </c>
       <c r="D59" s="2">
-        <v>78.9563</v>
+        <v>96.3333</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" t="s">
         <v>122</v>
       </c>
       <c r="D60" s="2">
-        <v>92.3333</v>
+        <v>95.6667</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" t="s">
         <v>124</v>
       </c>
       <c r="D61" s="2">
-        <v>92.3333</v>
+        <v>78.794</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" t="s">
         <v>126</v>
       </c>
       <c r="D62" s="2">
-        <v>78.626</v>
+        <v>85.6667</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" t="s">
         <v>128</v>
       </c>
       <c r="D63" s="2">
-        <v>85.6667</v>
+        <v>72</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" t="s">
         <v>130</v>
       </c>
       <c r="D64" s="2">
-        <v>72.5</v>
+        <v>77.9513</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B65" t="s">
         <v>131</v>
       </c>
       <c r="C65" t="s">
         <v>132</v>
       </c>
       <c r="D65" s="2">
-        <v>78.045</v>
+        <v>101</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B66" t="s">
         <v>133</v>
       </c>
       <c r="C66" t="s">
         <v>134</v>
       </c>
       <c r="D66" s="2">
-        <v>100.55</v>
+        <v>100.9167</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B67" t="s">
         <v>135</v>
       </c>
       <c r="C67" t="s">
         <v>136</v>
       </c>
       <c r="D67" s="2">
-        <v>100.4667</v>
+        <v>80.6438</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" t="s">
         <v>138</v>
       </c>
       <c r="D68" s="2">
-        <v>81.285</v>
+        <v>73.5917</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
       <c r="C69" t="s">
         <v>140</v>
       </c>
       <c r="D69" s="2">
-        <v>73.3325</v>
+        <v>95.3333</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B70" t="s">
         <v>141</v>
       </c>
       <c r="C70" t="s">
         <v>142</v>
       </c>
       <c r="D70" s="2">
-        <v>98.6667</v>
+        <v>78.1763</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B71" t="s">
         <v>143</v>
       </c>
       <c r="C71" t="s">
         <v>144</v>
       </c>
       <c r="D71" s="2">
-        <v>78.18</v>
+        <v>83.1412</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B72" t="s">
         <v>145</v>
       </c>
       <c r="C72" t="s">
         <v>146</v>
       </c>
       <c r="D72" s="2">
-        <v>83.5738</v>
+        <v>83.79</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B73" t="s">
         <v>147</v>
       </c>
       <c r="C73" t="s">
         <v>148</v>
       </c>
       <c r="D73" s="2">
-        <v>83.138</v>
+        <v>80.0688</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B74" t="s">
         <v>149</v>
       </c>
       <c r="C74" t="s">
         <v>150</v>
       </c>
       <c r="D74" s="2">
-        <v>80.6625</v>
+        <v>83.5175</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
       <c r="C75" t="s">
         <v>152</v>
       </c>
       <c r="D75" s="2">
-        <v>84.0538</v>
+        <v>80.2608</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
       <c r="C76" t="s">
         <v>154</v>
       </c>
       <c r="D76" s="2">
-        <v>82.5158</v>
+        <v>98.4974</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
       <c r="C77" t="s">
         <v>156</v>
       </c>
       <c r="D77" s="2">
-        <v>98.4974</v>
+        <v>83.04</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" t="s">
         <v>158</v>
       </c>
       <c r="D78" s="2">
-        <v>82.7325</v>
+        <v>77.8797</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" t="s">
         <v>160</v>
       </c>
       <c r="D79" s="2">
-        <v>77.2379</v>
+        <v>80.4575</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" t="s">
         <v>162</v>
       </c>
       <c r="D80" s="2">
-        <v>80.7825</v>
+        <v>78.2338</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B81" t="s">
         <v>163</v>
       </c>
       <c r="C81" t="s">
         <v>164</v>
       </c>
       <c r="D81" s="2">
-        <v>77.53</v>
+        <v>97.8655</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B82" t="s">
         <v>165</v>
       </c>
       <c r="C82" t="s">
         <v>166</v>
       </c>
       <c r="D82" s="2">
-        <v>97.8468</v>
+        <v>82.952</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B83" t="s">
         <v>167</v>
       </c>
       <c r="C83" t="s">
         <v>168</v>
       </c>
       <c r="D83" s="2">
-        <v>82.196</v>
+        <v>80.5863</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B84" t="s">
         <v>169</v>
       </c>
       <c r="C84" t="s">
         <v>170</v>
       </c>
       <c r="D84" s="2">
-        <v>80.7562</v>
+        <v>85.394</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B85" t="s">
         <v>171</v>
       </c>
       <c r="C85" t="s">
         <v>172</v>
       </c>
       <c r="D85" s="2">
-        <v>84.938</v>
+        <v>80.3971</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B86" t="s">
         <v>173</v>
       </c>
       <c r="C86" t="s">
         <v>174</v>
       </c>
       <c r="D86" s="2">
-        <v>80.5271</v>
+        <v>100.4167</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B87" t="s">
         <v>175</v>
       </c>
       <c r="C87" t="s">
         <v>176</v>
       </c>
       <c r="D87" s="2">
-        <v>101.3333</v>
+        <v>97.5634</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B88" t="s">
         <v>177</v>
       </c>
       <c r="C88" t="s">
         <v>178</v>
       </c>
       <c r="D88" s="2">
-        <v>97.5384</v>
+        <v>100.4375</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B89" t="s">
         <v>179</v>
       </c>
       <c r="C89" t="s">
         <v>180</v>
       </c>
       <c r="D89" s="2">
-        <v>100.125</v>
+        <v>98.3574</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B90" t="s">
         <v>181</v>
       </c>
       <c r="C90" t="s">
         <v>182</v>
       </c>
       <c r="D90" s="2">
-        <v>98.3364</v>
+        <v>84.308</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B91" t="s">
         <v>183</v>
       </c>
       <c r="C91" t="s">
         <v>184</v>
       </c>
       <c r="D91" s="2">
-        <v>85.098</v>
+        <v>98.1167</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B92" t="s">
         <v>185</v>
       </c>
       <c r="C92" t="s">
         <v>186</v>
       </c>
       <c r="D92" s="2">
-        <v>98.1017</v>
+        <v>98.2301</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B93" t="s">
         <v>187</v>
       </c>
       <c r="C93" t="s">
         <v>188</v>
       </c>
       <c r="D93" s="2">
-        <v>97.3125</v>
+        <v>82.89</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B94" t="s">
         <v>189</v>
       </c>
       <c r="C94" t="s">
         <v>190</v>
       </c>
       <c r="D94" s="2">
-        <v>82.891</v>
+        <v>97.9772</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B95" t="s">
         <v>191</v>
       </c>
       <c r="C95" t="s">
         <v>192</v>
       </c>
       <c r="D95" s="2">
-        <v>97.9582</v>
+        <v>93.5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B96" t="s">
         <v>193</v>
       </c>
       <c r="C96" t="s">
         <v>194</v>
       </c>
       <c r="D96" s="2">
-        <v>92</v>
+        <v>87.4755</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B97" t="s">
         <v>195</v>
       </c>
       <c r="C97" t="s">
         <v>196</v>
       </c>
       <c r="D97" s="2">
-        <v>87.8676</v>
+        <v>85.8333</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B98" t="s">
         <v>197</v>
       </c>
       <c r="C98" t="s">
         <v>198</v>
       </c>
       <c r="D98" s="2">
-        <v>85.8333</v>
+        <v>91.798</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B99" t="s">
         <v>199</v>
       </c>
       <c r="C99" t="s">
         <v>200</v>
       </c>
       <c r="D99" s="2">
-        <v>91.9113</v>
+        <v>82.788</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B100" t="s">
         <v>201</v>
       </c>
       <c r="C100" t="s">
         <v>202</v>
       </c>
       <c r="D100" s="2">
-        <v>83.176</v>
+        <v>84.9924</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B101" t="s">
         <v>203</v>
       </c>
       <c r="C101" t="s">
         <v>204</v>
       </c>
       <c r="D101" s="2">
-        <v>82.4232</v>
+        <v>79.6573</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>205</v>
       </c>
       <c r="C102" t="s">
         <v>206</v>
       </c>
       <c r="D102" s="2">
-        <v>79.9043</v>
+        <v>88.087</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B103" t="s">
         <v>207</v>
       </c>
       <c r="C103" t="s">
         <v>208</v>
       </c>
       <c r="D103" s="2">
-        <v>88.558</v>
+        <v>97.5408</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B104" t="s">
         <v>209</v>
       </c>
       <c r="C104" t="s">
         <v>210</v>
       </c>
       <c r="D104" s="2">
-        <v>97.5208</v>
+        <v>82.4</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B105" t="s">
         <v>211</v>
       </c>
       <c r="C105" t="s">
         <v>212</v>
       </c>
       <c r="D105" s="2">
-        <v>82.752</v>
+        <v>98.6667</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B106" t="s">
         <v>213</v>
       </c>
       <c r="C106" t="s">
         <v>214</v>
       </c>
       <c r="D106" s="2">
-        <v>96.5</v>
+        <v>101.033</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B107" t="s">
         <v>215</v>
       </c>
       <c r="C107" t="s">
         <v>216</v>
       </c>
       <c r="D107" s="2">
-        <v>99</v>
+        <v>86.941</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B108" t="s">
         <v>217</v>
       </c>
       <c r="C108" t="s">
         <v>218</v>
       </c>
       <c r="D108" s="2">
-        <v>101.04</v>
+        <v>86.512</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B109" t="s">
         <v>219</v>
       </c>
       <c r="C109" t="s">
         <v>220</v>
       </c>
       <c r="D109" s="2">
-        <v>87.485</v>
+        <v>98.2962</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B110" t="s">
         <v>221</v>
       </c>
       <c r="C110" t="s">
         <v>222</v>
       </c>
       <c r="D110" s="2">
-        <v>85.322</v>
+        <v>83.032</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B111" t="s">
         <v>223</v>
       </c>
       <c r="C111" t="s">
         <v>224</v>
       </c>
       <c r="D111" s="2">
-        <v>98.2732</v>
+        <v>85.254</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B112" t="s">
         <v>225</v>
       </c>
       <c r="C112" t="s">
         <v>226</v>
       </c>
       <c r="D112" s="2">
-        <v>83.34</v>
+        <v>98.8272</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B113" t="s">
         <v>227</v>
       </c>
       <c r="C113" t="s">
         <v>228</v>
       </c>
       <c r="D113" s="2">
-        <v>85.56</v>
+        <v>87.304</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B114" t="s">
         <v>229</v>
       </c>
       <c r="C114" t="s">
         <v>230</v>
       </c>
       <c r="D114" s="2">
-        <v>98.8192</v>
+        <v>96.426</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B115" t="s">
         <v>231</v>
       </c>
       <c r="C115" t="s">
         <v>232</v>
       </c>
       <c r="D115" s="2">
-        <v>88.193</v>
+        <v>82.1949</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B116" t="s">
         <v>233</v>
       </c>
       <c r="C116" t="s">
         <v>234</v>
       </c>
       <c r="D116" s="2">
-        <v>97.275</v>
+        <v>77.5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B117" t="s">
         <v>235</v>
       </c>
       <c r="C117" t="s">
         <v>236</v>
       </c>
       <c r="D117" s="2">
-        <v>82.8599</v>
+        <v>99.8333</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B118" t="s">
         <v>237</v>
       </c>
       <c r="C118" t="s">
         <v>238</v>
       </c>
       <c r="D118" s="2">
-        <v>77.5</v>
+        <v>88.2825</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B119" t="s">
         <v>239</v>
       </c>
       <c r="C119" t="s">
         <v>240</v>
       </c>
       <c r="D119" s="2">
-        <v>100</v>
+        <v>101.2312</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B120" t="s">
         <v>241</v>
       </c>
       <c r="C120" t="s">
         <v>242</v>
       </c>
       <c r="D120" s="2">
-        <v>90.4237</v>
+        <v>86.235</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B121" t="s">
         <v>243</v>
       </c>
       <c r="C121" t="s">
         <v>244</v>
       </c>
       <c r="D121" s="2">
-        <v>101.085</v>
+        <v>81.0738</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B122" t="s">
         <v>245</v>
       </c>
       <c r="C122" t="s">
         <v>246</v>
       </c>
       <c r="D122" s="2">
-        <v>85.6413</v>
+        <v>99.3333</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" t="s">
         <v>248</v>
       </c>
       <c r="D123" s="2">
-        <v>81.4963</v>
+        <v>100.5713</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B124" t="s">
         <v>249</v>
       </c>
       <c r="C124" t="s">
         <v>250</v>
       </c>
       <c r="D124" s="2">
-        <v>100.3333</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B125" t="s">
         <v>251</v>
       </c>
       <c r="C125" t="s">
         <v>252</v>
       </c>
       <c r="D125" s="2">
-        <v>99.1413</v>
+        <v>94</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B126" t="s">
         <v>253</v>
       </c>
       <c r="C126" t="s">
         <v>254</v>
       </c>
       <c r="D126" s="2">
-        <v>99.6667</v>
+        <v>95.453</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B127" t="s">
         <v>255</v>
       </c>
       <c r="C127" t="s">
         <v>256</v>
       </c>
       <c r="D127" s="2">
-        <v>91.25</v>
+        <v>99.8333</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B128" t="s">
         <v>257</v>
       </c>
       <c r="C128" t="s">
         <v>258</v>
       </c>
       <c r="D128" s="2">
-        <v>96.462</v>
+        <v>96.568</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B129" t="s">
         <v>259</v>
       </c>
       <c r="C129" t="s">
         <v>260</v>
       </c>
       <c r="D129" s="2">
-        <v>100</v>
+        <v>99.6667</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B130" t="s">
         <v>261</v>
       </c>
       <c r="C130" t="s">
         <v>262</v>
       </c>
       <c r="D130" s="2">
-        <v>91.608</v>
+        <v>98.4328</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B131" t="s">
         <v>263</v>
       </c>
       <c r="C131" t="s">
         <v>264</v>
       </c>
       <c r="D131" s="2">
-        <v>99.5167</v>
+        <v>96.6363</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B132" t="s">
         <v>265</v>
       </c>
       <c r="C132" t="s">
         <v>266</v>
       </c>
       <c r="D132" s="2">
-        <v>98.409</v>
+        <v>92.8663</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B133" t="s">
         <v>267</v>
       </c>
       <c r="C133" t="s">
         <v>268</v>
       </c>
       <c r="D133" s="2">
-        <v>97.32</v>
+        <v>100.532</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B134" t="s">
         <v>269</v>
       </c>
       <c r="C134" t="s">
         <v>270</v>
       </c>
       <c r="D134" s="2">
-        <v>92.5025</v>
+        <v>84.0175</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B135" t="s">
         <v>271</v>
       </c>
       <c r="C135" t="s">
         <v>272</v>
       </c>
       <c r="D135" s="2">
-        <v>100.325</v>
+        <v>99.8333</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B136" t="s">
         <v>273</v>
       </c>
       <c r="C136" t="s">
         <v>274</v>
       </c>
       <c r="D136" s="2">
-        <v>83.7538</v>
+        <v>94.3333</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B137" t="s">
         <v>275</v>
       </c>
       <c r="C137" t="s">
         <v>276</v>
       </c>
       <c r="D137" s="2">
-        <v>100</v>
+        <v>85.6813</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B138" t="s">
         <v>277</v>
       </c>
       <c r="C138" t="s">
         <v>278</v>
       </c>
       <c r="D138" s="2">
-        <v>94.3333</v>
+        <v>85.9375</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B139" t="s">
         <v>279</v>
       </c>
       <c r="C139" t="s">
         <v>280</v>
       </c>
       <c r="D139" s="2">
-        <v>85.21</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B140" t="s">
         <v>281</v>
       </c>
       <c r="C140" t="s">
         <v>282</v>
       </c>
       <c r="D140" s="2">
-        <v>85.95</v>
+        <v>89.3875</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B141" t="s">
         <v>283</v>
       </c>
       <c r="C141" t="s">
         <v>284</v>
       </c>
       <c r="D141" s="2">
-        <v>99.1167</v>
+        <v>71.125</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B142" t="s">
         <v>285</v>
       </c>
       <c r="C142" t="s">
         <v>286</v>
       </c>
       <c r="D142" s="2">
-        <v>89.1868</v>
+        <v>80.8125</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B143" t="s">
         <v>287</v>
       </c>
       <c r="C143" t="s">
         <v>288</v>
       </c>
       <c r="D143" s="2">
-        <v>69.68</v>
+        <v>96.57</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B144" t="s">
         <v>289</v>
       </c>
       <c r="C144" t="s">
         <v>290</v>
       </c>
       <c r="D144" s="2">
-        <v>79.31</v>
+        <v>116.0607</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B145" t="s">
         <v>291</v>
       </c>
       <c r="C145" t="s">
         <v>292</v>
       </c>
       <c r="D145" s="2">
-        <v>97.0417</v>
+        <v>88.175</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B146" t="s">
         <v>293</v>
       </c>
       <c r="C146" t="s">
         <v>294</v>
       </c>
       <c r="D146" s="2">
-        <v>117.6676</v>
+        <v>67.3125</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B147" t="s">
         <v>295</v>
       </c>
       <c r="C147" t="s">
         <v>296</v>
       </c>
       <c r="D147" s="2">
-        <v>87.59</v>
+        <v>93.05</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B148" t="s">
         <v>297</v>
       </c>
       <c r="C148" t="s">
         <v>298</v>
       </c>
       <c r="D148" s="2">
-        <v>66.75</v>
+        <v>101.95</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B149" t="s">
         <v>299</v>
       </c>
       <c r="C149" t="s">
         <v>300</v>
       </c>
       <c r="D149" s="2">
-        <v>93.425</v>
+        <v>82.975</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B150" t="s">
         <v>301</v>
       </c>
       <c r="C150" t="s">
         <v>302</v>
       </c>
       <c r="D150" s="2">
-        <v>102.5333</v>
+        <v>99.1213</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B151" t="s">
         <v>303</v>
       </c>
       <c r="C151" t="s">
         <v>304</v>
       </c>
       <c r="D151" s="2">
-        <v>83.0088</v>
+        <v>98.645</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B152" t="s">
         <v>305</v>
       </c>
       <c r="C152" t="s">
         <v>306</v>
       </c>
       <c r="D152" s="2">
-        <v>97.275</v>
+        <v>99.8275</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B153" t="s">
         <v>307</v>
       </c>
       <c r="C153" t="s">
         <v>308</v>
       </c>
       <c r="D153" s="2">
-        <v>98.6183</v>
+        <v>98.67</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B154" t="s">
         <v>309</v>
       </c>
       <c r="C154" t="s">
         <v>310</v>
       </c>
       <c r="D154" s="2">
-        <v>99.815</v>
+        <v>98.48</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B155" t="s">
         <v>311</v>
       </c>
       <c r="C155" t="s">
         <v>312</v>
       </c>
       <c r="D155" s="2">
-        <v>97.4583</v>
+        <v>83.31</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B156" t="s">
         <v>313</v>
       </c>
       <c r="C156" t="s">
         <v>314</v>
       </c>
       <c r="D156" s="2">
-        <v>98.1767</v>
+        <v>99.934</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B157" t="s">
         <v>315</v>
       </c>
       <c r="C157" t="s">
         <v>316</v>
       </c>
       <c r="D157" s="2">
-        <v>83.4</v>
+        <v>97.2083</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B158" t="s">
         <v>317</v>
       </c>
       <c r="C158" t="s">
         <v>318</v>
       </c>
       <c r="D158" s="2">
-        <v>99.92</v>
+        <v>100.8233</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B159" t="s">
         <v>319</v>
       </c>
       <c r="C159" t="s">
         <v>320</v>
       </c>
       <c r="D159" s="2">
-        <v>119.3333</v>
+        <v>97.0067</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B160" t="s">
         <v>321</v>
       </c>
       <c r="C160" t="s">
         <v>322</v>
       </c>
       <c r="D160" s="2">
-        <v>90.3</v>
+        <v>117.3333</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B161" t="s">
         <v>323</v>
       </c>
       <c r="C161" t="s">
         <v>324</v>
       </c>
       <c r="D161" s="2">
-        <v>92.1667</v>
+        <v>90.3</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B162" t="s">
         <v>325</v>
       </c>
       <c r="C162" t="s">
         <v>326</v>
       </c>
       <c r="D162" s="2">
-        <v>87.0625</v>
+        <v>92.1667</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B163" t="s">
         <v>327</v>
       </c>
       <c r="C163" t="s">
         <v>328</v>
       </c>
       <c r="D163" s="2">
-        <v>86.6667</v>
+        <v>88</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B164" t="s">
         <v>329</v>
       </c>
       <c r="C164" t="s">
         <v>330</v>
       </c>
       <c r="D164" s="2">
-        <v>87.6667</v>
+        <v>85</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B165" t="s">
         <v>331</v>
       </c>
       <c r="C165" t="s">
         <v>332</v>
       </c>
       <c r="D165" s="2">
-        <v>88.3333</v>
+        <v>87.6667</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B166" t="s">
         <v>333</v>
       </c>
       <c r="C166" t="s">
         <v>334</v>
       </c>
       <c r="D166" s="2">
-        <v>78.4375</v>
+        <v>78.3333</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B167" t="s">
         <v>335</v>
       </c>
       <c r="C167" t="s">
         <v>336</v>
       </c>
       <c r="D167" s="2">
-        <v>78</v>
+        <v>77.1667</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B168" t="s">
         <v>337</v>
       </c>
       <c r="C168" t="s">
         <v>338</v>
       </c>
       <c r="D168" s="2">
-        <v>87.775</v>
+        <v>86.0667</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B169" t="s">
         <v>339</v>
       </c>
       <c r="C169" t="s">
         <v>340</v>
       </c>
       <c r="D169" s="2">
-        <v>88.75</v>
+        <v>89.45</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B170" t="s">
         <v>341</v>
       </c>
       <c r="C170" t="s">
         <v>342</v>
       </c>
       <c r="D170" s="2">
-        <v>86.1667</v>
+        <v>86.6667</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B171" t="s">
         <v>343</v>
       </c>
       <c r="C171" t="s">
         <v>344</v>
       </c>
       <c r="D171" s="2">
-        <v>86.1</v>
+        <v>85</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B172" t="s">
         <v>345</v>
       </c>
       <c r="C172" t="s">
         <v>346</v>
       </c>
       <c r="D172" s="2">
-        <v>93.3333</v>
+        <v>90.3333</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B173" t="s">
         <v>347</v>
       </c>
       <c r="C173" t="s">
         <v>348</v>
       </c>
       <c r="D173" s="2">
-        <v>77.1667</v>
+        <v>75.8333</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B174" t="s">
         <v>349</v>
       </c>
       <c r="C174" t="s">
         <v>350</v>
       </c>
       <c r="D174" s="2">
-        <v>83.5</v>
+        <v>82.3333</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B175" t="s">
         <v>351</v>
       </c>
       <c r="C175" t="s">
         <v>352</v>
       </c>
       <c r="D175" s="2">
-        <v>83.2583</v>
+        <v>82.6667</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B176" t="s">
         <v>353</v>
       </c>
       <c r="C176" t="s">
         <v>354</v>
       </c>
       <c r="D176" s="2">
-        <v>84.1667</v>
+        <v>82.1667</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>