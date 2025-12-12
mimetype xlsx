--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="mirp" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>MIRP</t>
   </si>
   <si>
-    <t>10.10.2025</t>
+    <t>11.12.2025</t>
   </si>
   <si>
     <t>РФ ЗО 42 Д</t>
   </si>
   <si>
     <t>RU000A10A802</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
     <numFmt numFmtId="165" formatCode="#,####0.0000_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -424,51 +424,51 @@
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2">
-        <v>84.91</v>
+        <v>85.95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>