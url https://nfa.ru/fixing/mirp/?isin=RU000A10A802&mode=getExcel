--- v1 (2025-12-12)
+++ v2 (2026-01-28)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="mirp" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>MIRP</t>
   </si>
   <si>
-    <t>11.12.2025</t>
+    <t>27.01.2026</t>
   </si>
   <si>
     <t>РФ ЗО 42 Д</t>
   </si>
   <si>
     <t>RU000A10A802</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
     <numFmt numFmtId="165" formatCode="#,####0.0000_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -424,51 +424,51 @@
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2">
-        <v>85.95</v>
+        <v>85.9375</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>