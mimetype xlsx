--- v1 (2025-12-12)
+++ v2 (2025-12-15)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="mirp" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>MIRP</t>
   </si>
   <si>
-    <t>11.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>ДОМ.РФ, БО-10</t>
   </si>
   <si>
     <t>RU000A0ZYFN3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy"/>
     <numFmt numFmtId="165" formatCode="#,####0.0000_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>